--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -527,51 +527,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-NYN 40 (11:32) 2-Michael Frye punts 43 yards to KCY 18. Fair Catch by 80-Cameron Davis.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#80 Cameron Davis - WR</t>
   </si>
   <si>
     <t>#51 Gregory Prichard - SLB</t>
   </si>
   <si>
     <t>#52 Doug Patterson - LT</t>
   </si>
   <si>
     <t>#64 Eugene Miller - LG</t>
   </si>
   <si>
-    <t>#76 Craig Jones - LDE</t>
+    <t>#71 Craig Jones - LDE</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-KCY 18 (11:25) 24-Lawrence Huffman ran to NYN 48 for 35 yards. Tackle by 41-Clayton Muncy. NYN 95-Leslie Hammond was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Ken Pearman - QB</t>
   </si>
   <si>
     <t>#24 Lawrence Huffman - RB</t>
   </si>
   <si>
     <t>#28 Ernest Smith - FB</t>
   </si>