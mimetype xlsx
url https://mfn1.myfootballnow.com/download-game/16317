--- v1 (2026-01-09)
+++ v2 (2026-02-16)
@@ -527,51 +527,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-NYN 40 (11:32) 2-Michael Frye punts 43 yards to KCY 18. Fair Catch by 80-Cameron Davis.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#80 Cameron Davis - WR</t>
   </si>
   <si>
     <t>#51 Gregory Prichard - SLB</t>
   </si>
   <si>
     <t>#52 Doug Patterson - LT</t>
   </si>
   <si>
     <t>#64 Eugene Miller - LG</t>
   </si>
   <si>
-    <t>#71 Craig Jones - LDE</t>
+    <t>#50 Craig Jones - LDE</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-KCY 18 (11:25) 24-Lawrence Huffman ran to NYN 48 for 35 yards. Tackle by 41-Clayton Muncy. NYN 95-Leslie Hammond was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Ken Pearman - QB</t>
   </si>
   <si>
     <t>#24 Lawrence Huffman - RB</t>
   </si>
   <si>
     <t>#28 Ernest Smith - FB</t>
   </si>