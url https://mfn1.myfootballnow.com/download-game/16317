--- v2 (2026-02-16)
+++ v3 (2026-03-30)
@@ -527,51 +527,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-NYN 40 (11:32) 2-Michael Frye punts 43 yards to KCY 18. Fair Catch by 80-Cameron Davis.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#80 Cameron Davis - WR</t>
   </si>
   <si>
     <t>#51 Gregory Prichard - SLB</t>
   </si>
   <si>
     <t>#52 Doug Patterson - LT</t>
   </si>
   <si>
     <t>#64 Eugene Miller - LG</t>
   </si>
   <si>
-    <t>#50 Craig Jones - LDE</t>
+    <t>#75 Craig Jones - LDE</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-KCY 18 (11:25) 24-Lawrence Huffman ran to NYN 48 for 35 yards. Tackle by 41-Clayton Muncy. NYN 95-Leslie Hammond was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Ken Pearman - QB</t>
   </si>
   <si>
     <t>#24 Lawrence Huffman - RB</t>
   </si>
   <si>
     <t>#28 Ernest Smith - FB</t>
   </si>