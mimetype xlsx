--- v0 (2025-10-18)
+++ v1 (2026-03-30)
@@ -1292,51 +1292,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>3-2-CLE 2 (0:05) 5-Matthew Parker 20 yard field goal is GOOD. DET 3 CLE 0</t>
   </si>
   <si>
     <t>#1 Matthew Parker - K</t>
   </si>
   <si>
     <t>#68 Barry Doyle - LG</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(0:03) 12-James Beale kicks 75 yards from DET 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#67 Bryan King - RG</t>
   </si>
   <si>
-    <t>#11 James Beale - K</t>
+    <t>#6 James Beale - K</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>1-10-CLE 25 (0:03) 41-Calvin Wright ran to CLE 30 for 5 yards. Tackle by 39-Ronald Thomas.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Matthew Parker kicks 74 yards from DET 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 41-Calvin Wright ran to CLE 32 for 7 yards. Tackle by 20-Heriberto Cox.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>