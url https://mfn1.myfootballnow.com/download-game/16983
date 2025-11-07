--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -359,51 +359,51 @@
   <si>
     <t>#30 Joel Shirley - RB</t>
   </si>
   <si>
     <t>#87 Rodney Zielinski - TE</t>
   </si>
   <si>
     <t>#83 Donald Martinez - WR</t>
   </si>
   <si>
     <t>#29 Benjamin Messick - WR</t>
   </si>
   <si>
     <t>#73 Brad Lamb - C</t>
   </si>
   <si>
     <t>#64 Charles Miles - LG</t>
   </si>
   <si>
     <t>#56 Orlando Jones - LG</t>
   </si>
   <si>
     <t>#40 Louis Brighton - RG</t>
   </si>
   <si>
-    <t>#65 Ray Dahl - RT</t>
+    <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#98 Christian Denny - LDE</t>
   </si>
   <si>
     <t>#79 James Jones - DT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#92 Nicholas Keys - LDE</t>
   </si>
   <si>
     <t>#97 Ronnie Asher - MLB</t>
   </si>
   <si>
     <t>#96 Lee Creamer - MLB</t>
   </si>
   <si>
     <t>#53 Walter Long - WLB</t>
   </si>
   <si>
     <t>#29 William Bassett - CB</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 30 (14:14) 5-Michael Dufour ran to NYN 34 for 4 yards. Tackle by 50-Daniel Perez. NYN 67-Julian York was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#41 Michael Dufour - RB</t>
   </si>
   <si>
     <t>#85 Lynn Setzer - TE</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#17 Ian Jeffrey - WR</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#63 Gerald Drake - LG</t>
   </si>
   <si>
     <t>#69 William Medina - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#78 Larry Coleman - RT</t>
   </si>
   <si>
     <t>#74 Shannon Young - LDE</t>
   </si>