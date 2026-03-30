--- v1 (2025-11-07)
+++ v2 (2026-03-30)
@@ -791,51 +791,51 @@
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>NYN 42</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-NYN 42 (6:48) 16-Darryl McCall pass complete to 47-Joe Chase to NYN 39 for 2 yards. Tackle by 26-Walter McClary.</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>4-4-NYN 39 (6:09) 13-Thomas Spielman 58 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#3 Thomas Spielman - K</t>
+    <t>#4 Thomas Spielman - K</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-NYN 46 (6:05) 5-Michael Dufour ran to TEN 44 for 10 yards. Tackle by 37-Jacob Williams.</t>
   </si>
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>TEN 44</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-TEN 44 (5:22) 33-Nicholas Kessler ran to TEN 43 for a short gain. Tackle by 50-Daniel Perez.</t>
   </si>