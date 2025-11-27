--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -344,75 +344,75 @@
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 20-John Sheehan ran to TBY 28 for 3 yards. Tackle by 99-Joseph Dalrymple. 85-John Acosta completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#3 Joel Spell - QB</t>
   </si>
   <si>
     <t>#20 John Sheehan - RB</t>
   </si>
   <si>
     <t>#30 Todd Davis - FB</t>
   </si>
   <si>
     <t>#85 John Acosta - TE</t>
   </si>
   <si>
-    <t>#89 Louis Meyer - WR</t>
+    <t>#85 Louis Meyer - WR</t>
   </si>
   <si>
     <t>#63 Leroy Kuo - LT</t>
   </si>
   <si>
     <t>#64 James Lewis - LG</t>
   </si>
   <si>
     <t>#66 Williams Roman - C</t>
   </si>
   <si>
     <t>#60 Byron Walls - RG</t>
   </si>
   <si>
     <t>#66 Devin Johnson - RT</t>
   </si>
   <si>
     <t>#99 Joseph Dalrymple - LDE</t>
   </si>
   <si>
-    <t>#64 Walter Acosta - DT</t>
-[...2 lines deleted...]
-    <t>#56 Robert Long - LDE</t>
+    <t>#60 Walter Acosta - DT</t>
+  </si>
+  <si>
+    <t>#91 Robert Long - LDE</t>
   </si>
   <si>
     <t>#78 Steven Calhoun - RDE</t>
   </si>
   <si>
     <t>#50 Richard Laplant - SLB</t>
   </si>
   <si>
     <t>#97 Walter Hudson - SLB</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#23 Samuel Jensen - CB</t>
   </si>
   <si>
     <t>#24 Frederick Jobe - CB</t>
   </si>
   <si>
     <t>#25 Eric Otero - CB</t>
   </si>
   <si>
     <t>#42 Mark Brenneman - FS</t>
   </si>