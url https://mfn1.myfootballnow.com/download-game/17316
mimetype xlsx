--- v1 (2025-11-27)
+++ v2 (2026-02-16)
@@ -671,51 +671,51 @@
   <si>
     <t>#94 Bruce Clark - RDE</t>
   </si>
   <si>
     <t>#94 Daniel Mitchell - MLB</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>IND 36</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-IND 36 (11:53) 16-Leo Flynn pass complete to 12-Clinton Dingess to IND 42 for 7 yards. Tackle by 52-Jackie Gallo.</t>
   </si>
   <si>
     <t>#74 Joel Titus - LG</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>IND 42</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-3-IND 42 (11:10) 16-Leo Flynn pass complete to 15-Richard Reyes to IND 49 for 7 yards. Tackle by 49-William Swanson. PENALTY - Pass Interference (TBY 49-William Swanson) (Declined)</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>IND 49</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>