--- v2 (2026-02-16)
+++ v3 (2026-03-30)
@@ -344,51 +344,51 @@
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 20-John Sheehan ran to TBY 28 for 3 yards. Tackle by 99-Joseph Dalrymple. 85-John Acosta completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#3 Joel Spell - QB</t>
   </si>
   <si>
     <t>#20 John Sheehan - RB</t>
   </si>
   <si>
     <t>#30 Todd Davis - FB</t>
   </si>
   <si>
     <t>#85 John Acosta - TE</t>
   </si>
   <si>
-    <t>#85 Louis Meyer - WR</t>
+    <t>#17 Louis Meyer - WR</t>
   </si>
   <si>
     <t>#63 Leroy Kuo - LT</t>
   </si>
   <si>
     <t>#64 James Lewis - LG</t>
   </si>
   <si>
     <t>#66 Williams Roman - C</t>
   </si>
   <si>
     <t>#60 Byron Walls - RG</t>
   </si>
   <si>
     <t>#66 Devin Johnson - RT</t>
   </si>
   <si>
     <t>#99 Joseph Dalrymple - LDE</t>
   </si>
   <si>
     <t>#60 Walter Acosta - DT</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
@@ -1538,51 +1538,51 @@
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>2-10-IND 35 (0:27) 85-Cory Lewis ran to IND 35 for a short gain. Tackle by 97-Matthew Russell.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3-10-IND 35 (15:00) 16-Leo Flynn pass Pass knocked down by 52-Jackie Gallo. incomplete, intended for 89-Eddie Sandberg.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>4-10-IND 35 (14:58) 5-Sean Hartley punts 47 yards to TBY 18. Fair Catch by 18-Carl Bowman.</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>1-10-TBY 18 (14:51) 20-John Sheehan ran to TBY 22 for 4 yards. Tackle by 53-Walter Hudson.</t>
   </si>
   <si>
-    <t>#64 James Walden - RG</t>
+    <t>#73 James Walden - RG</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>2-6-TBY 22 (14:07) 20-John Sheehan ran to TBY 21 for -1 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>3-7-TBY 21 (13:34) 24-Jason Pacheco ran to TBY 20 for -1 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>4-8-TBY 20 (12:50) 2-Frankie Beverly punts 44 yards to IND 36. 10-Gary White to IND 46 for 10 yards. Tackle by 43-Timothy Huff.</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>1-10-IND 46 (12:40) 16-Leo Flynn pass Pass knocked down by 58-Ryan Holoman. incomplete, intended for 89-Eddie Sandberg. Pressure by 97-Matthew Russell. PENALTY - Holding (IND 51-Vincent Mendez)</t>
   </si>