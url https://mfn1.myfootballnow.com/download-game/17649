--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -341,84 +341,84 @@
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 5-Michael Dufour ran to NYN 24 for -1 yards. Tackle by 59-Dewayne Sirois.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#41 Michael Dufour - RB</t>
   </si>
   <si>
     <t>#85 Lynn Setzer - TE</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
-    <t>#89 William Gonzalez - WR</t>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#61 Dale Moreno - DT</t>
   </si>
   <si>
     <t>#92 Johnnie Kelly - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#52 Harvey Gill - DT</t>
+    <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#57 Ricky Foster - MLB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#40 Daniel Bryant - CB</t>
   </si>
   <si>
     <t>#28 David Griffin - SS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>2-21-NYN 14 (14:15) 15-Craig Moore pass complete to 33-Nicholas Kessler to NYN 17 for 3 yards. Tackle by 36-Malcom Brown. NYN 66-Robert Bendel was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#33 Nicholas Kessler - RB</t>
   </si>
   <si>
     <t>#85 Lance Mercier - TE</t>
   </si>
   <si>
     <t>#19 Ronald Kennamer - WR</t>
   </si>
   <si>
     <t>#14 Ryan Townes - WR</t>
   </si>
   <si>
     <t>#27 John Jones - CB</t>
   </si>
   <si>
     <t>#96 Dustin Underwood - MLB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
-    <t>#31 Dennis Moore - FS</t>
+    <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>NYN 17</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>3-18-NYN 17 (13:40) 15-Craig Moore pass complete to 13-Robert Patterson to NYN 21 for 4 yards. Tackle by 30-Ralph Williams.</t>
   </si>
   <si>
     <t>#78 Larry Coleman - RT</t>
   </si>
   <si>
     <t>#45 Billy Edwards - CB</t>
   </si>
   <si>
     <t>#30 Ralph Williams - CB</t>
   </si>
@@ -560,93 +560,93 @@
   <si>
     <t>1-10-CLE 45 (12:46) 46-Lester Coltrane ran to CLE 46 for 1 yards. Tackle by 72-Philip Barker.</t>
   </si>
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#43 Ralph Lucht - FB</t>
   </si>
   <si>
     <t>#87 Mitchel Basham - TE</t>
   </si>
   <si>
     <t>#41 Calvin Wright - RB</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#53 Thomas Rodgers - LT</t>
   </si>
   <si>
-    <t>#68 Dennis Hines - LG</t>
+    <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>#64 William Smith - C</t>
   </si>
   <si>
     <t>#76 Richard Degroat - RG</t>
   </si>
   <si>
     <t>#74 Jason Washington - RT</t>
   </si>
   <si>
     <t>#91 Robert Bachman - RDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#51 Jorge Gordon - DT</t>
   </si>
   <si>
     <t>#33 Pedro Sharp - CB</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>CLE 46</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-9-CLE 46 (12:09) PENALTY - False Start (CLE 64-William Smith)</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#30 Joseph Deal - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>CLE 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>2-14-CLE 41 (12:09) 9-Daniel Jenkins pass complete to 83-Harry Anderson to CLE 48 for 7 yards. Tackle by 38-Joseph Deal.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>CLE 48</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>NYN 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 29 (9:10) 15-Craig Moore pass complete to 5-Michael Dufour to CLE 22 for 49 yards.</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CLE 22 (8:19) 27-Adam Dawson ran to CLE 21 for 1 yards. Tackle by 62-Ramon Haskell.</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#95 Darius Longworth - DT</t>
   </si>
   <si>
     <t>#96 Charles Pope - RDE</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>CLE 21</t>
   </si>
   <si>
     <t>2-9-CLE 21 (7:47) 27-Adam Dawson ran to CLE 19 for 2 yards. Tackle by 98-Michael Young.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>CLE 19</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>