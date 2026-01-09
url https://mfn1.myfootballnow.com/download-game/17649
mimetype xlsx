--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -392,51 +392,51 @@
   <si>
     <t>#92 Johnnie Kelly - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#57 Ricky Foster - MLB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#40 Daniel Bryant - CB</t>
   </si>
   <si>
-    <t>#28 David Griffin - SS</t>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-NYN 24 (14:19) 15-Craig Moore pass complete to 5-Michael Dufour to NYN 29 for 6 yards. Tackle by 56-Ricky Foster. PENALTY - Holding (NYN 67-Julian York)</t>
   </si>
   <si>
     <t>#17 Ian Jeffrey - WR</t>
   </si>
   <si>
     <t>#37 David Garcia - CB</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#43 Ralph Lucht - FB</t>
   </si>
   <si>
     <t>#87 Mitchel Basham - TE</t>
   </si>
   <si>
     <t>#41 Calvin Wright - RB</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#53 Thomas Rodgers - LT</t>
   </si>
   <si>
     <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#76 Richard Degroat - RG</t>
   </si>
   <si>
     <t>#74 Jason Washington - RT</t>
   </si>
   <si>
     <t>#91 Robert Bachman - RDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#51 Jorge Gordon - DT</t>
   </si>
   <si>
     <t>#33 Pedro Sharp - CB</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>CLE 46</t>
   </si>