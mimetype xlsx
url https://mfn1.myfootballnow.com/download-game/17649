--- v2 (2026-01-09)
+++ v3 (2026-02-16)
@@ -374,51 +374,51 @@
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#61 Dale Moreno - DT</t>
   </si>
   <si>
     <t>#92 Johnnie Kelly - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#57 Ricky Foster - MLB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#40 Daniel Bryant - CB</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>