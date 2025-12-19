--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -290,69 +290,69 @@
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Hugh Goldstein kicks 75 yards from SFO 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#30 Bruce Allen - RB</t>
   </si>
   <si>
     <t>#57 Nelson Grant - RDE</t>
   </si>
   <si>
     <t>#91 Richard Corbin - RDE</t>
   </si>
   <si>
-    <t>#52 Nicholas Boyter - MLB</t>
+    <t>#92 Nicholas Boyter - MLB</t>
   </si>
   <si>
     <t>#24 Frederick Jobe - CB</t>
   </si>
   <si>
     <t>#94 John Fish - MLB</t>
   </si>
   <si>
     <t>#25 Eric Otero - CB</t>
   </si>
   <si>
     <t>#98 Larry Ennis - DT</t>
   </si>
   <si>
     <t>#39 Eric Ford - SS</t>
   </si>
   <si>
-    <t>#64 Walter Acosta - DT</t>
+    <t>#60 Walter Acosta - DT</t>
   </si>
   <si>
     <t>#50 Richard Laplant - SLB</t>
   </si>
   <si>
     <t>#3 Hugh Goldstein - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 30-Bruce Allen ran to IND 24 for -1 yards. Tackle by 92-Steve Scherr.</t>
   </si>
   <si>
     <t>#2 Todd Denault - QB</t>
   </si>
@@ -476,138 +476,138 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-IND 28 (13:14) 5-Sean Hartley punts 51 yards to SFO 21. 23-Emory Robinson FUMBLES recovered by SFO-23-Emory Robinson at SFO 21. Tackle by 55-Nicholas Boyter.</t>
   </si>
   <si>
     <t>#5 Sean Hartley - P</t>
   </si>
   <si>
     <t>#23 Emory Robinson - RB</t>
   </si>
   <si>
     <t>#90 Clinton Donato - DT</t>
   </si>
   <si>
     <t>#38 David Nickell - SS</t>
   </si>
   <si>
     <t>#56 Joseph Adamo - SLB</t>
   </si>
   <si>
-    <t>#54 Joshua Thomas - MLB</t>
+    <t>#90 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>#71 Terrence Murrill - LT</t>
   </si>
   <si>
     <t>#74 Joel Titus - LG</t>
   </si>
   <si>
     <t>#69 Jessie Czech - RT</t>
   </si>
   <si>
-    <t>#67 Lyndon Drake - RG</t>
+    <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#97 Guillermo Coy - RDE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>SFO 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 21 (13:06) 24-John Picard ran to SFO 23 for 1 yards. Tackle by 42-Mark Brenneman.</t>
   </si>
   <si>
     <t>#2 Cecil Higdon - QB</t>
   </si>
   <si>
     <t>#24 John Picard - RB</t>
   </si>
   <si>
     <t>#87 Henry Beaumont - WR</t>
   </si>
   <si>
     <t>#49 Todd Koopman - FB</t>
   </si>
   <si>
-    <t>#81 Jerome Parish - TE</t>
+    <t>#82 Jerome Parish - TE</t>
   </si>
   <si>
     <t>#73 Jose Tran - LT</t>
   </si>
   <si>
     <t>#65 Jeffrey McGarry - LG</t>
   </si>
   <si>
     <t>#50 Steve Fewell - LT</t>
   </si>
   <si>
     <t>#56 John Luna - RG</t>
   </si>
   <si>
     <t>#59 Don Zimmerman - RT</t>
   </si>
   <si>
     <t>#99 Joseph Dalrymple - LDE</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#42 Mark Brenneman - FS</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>SFO 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Flat Left</t>
   </si>
   <si>
     <t>2-9-SFO 23 (12:29) 2-Cecil Higdon pass complete to 11-Melvin Hafley to SFO 38 for 15 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
-    <t>#14 Philip Kim - WR</t>
+    <t>#15 Philip Kim - WR</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>SFO 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SFO 38 (11:48) 2-Cecil Higdon pass Pass knocked down by 25-Eric Otero. incomplete, intended for 84-Philip Kim. Pressure by 98-Larry Ennis.</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-SFO 27 (9:15) 2-Cecil Higdon pass complete to 23-Emory Robinson to SFO 28 for 1 yards. Tackle by 21-Eric Ford. IND 99-Joseph Dalrymple was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#34 Benjamin Hall - RB</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>SFO 28</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-9-SFO 28 (8:38) 2-Cecil Higdon pass complete to 83-Jerome Parish to SFO 37 for 9 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
-    <t>#56 Robert Long - LDE</t>
+    <t>#91 Robert Long - LDE</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>SFO 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-1-SFO 37 (7:52) 24-John Picard ran to SFO 36 for a short loss. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>SFO 36</t>
   </si>
   <si>
     <t>4-1-SFO 36 (7:14) 1-Henry Bunker punts 44 yards to IND 20. 30-Bruce Allen to IND 25 for 5 yards. Tackle by 38-David Nickell.</t>
   </si>