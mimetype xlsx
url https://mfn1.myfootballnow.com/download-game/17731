--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -332,51 +332,51 @@
   <si>
     <t>#60 Walter Acosta - DT</t>
   </si>
   <si>
     <t>#50 Richard Laplant - SLB</t>
   </si>
   <si>
     <t>#3 Hugh Goldstein - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 30-Bruce Allen ran to IND 24 for -1 yards. Tackle by 92-Steve Scherr.</t>
   </si>
   <si>
-    <t>#2 Todd Denault - QB</t>
+    <t>#8 Todd Denault - QB</t>
   </si>
   <si>
     <t>#26 Benjamin King - RB</t>
   </si>
   <si>
     <t>#26 Mike Snell - WR</t>
   </si>
   <si>
     <t>#87 Eddie Sandberg - TE</t>
   </si>
   <si>
     <t>#85 Lance Mercier - TE</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
     <t>#79 Matthew Ward - LT</t>
   </si>
   <si>
     <t>#67 Kris Arrington - C</t>
   </si>
   <si>
     <t>#67 Christopher Griffith - RG</t>
   </si>
@@ -386,51 +386,51 @@
   <si>
     <t>#95 Bradley Green - LDE</t>
   </si>
   <si>
     <t>#98 Steve Scherr - DT</t>
   </si>
   <si>
     <t>#52 Donald Cowles - DT</t>
   </si>
   <si>
     <t>#69 Jake Myers - DT</t>
   </si>
   <si>
     <t>#68 Johnny Scanlon - RDE</t>
   </si>
   <si>
     <t>#58 Peter Doty - SLB</t>
   </si>
   <si>
     <t>#56 Doyle Smith - MLB</t>
   </si>
   <si>
     <t>#51 Daniel Perez - WLB</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>#27 John Colston - CB</t>
   </si>
   <si>
     <t>#43 Timothy Huff - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>Timeout IND</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>IND 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-IND 28 (13:14) 5-Sean Hartley punts 51 yards to SFO 21. 23-Emory Robinson FUMBLES recovered by SFO-23-Emory Robinson at SFO 21. Tackle by 55-Nicholas Boyter.</t>
   </si>
   <si>
     <t>#5 Sean Hartley - P</t>
   </si>
   <si>
     <t>#23 Emory Robinson - RB</t>
   </si>
   <si>
     <t>#90 Clinton Donato - DT</t>
   </si>
   <si>
     <t>#38 David Nickell - SS</t>
   </si>
   <si>
     <t>#56 Joseph Adamo - SLB</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>#71 Terrence Murrill - LT</t>
   </si>
   <si>
     <t>#74 Joel Titus - LG</t>
   </si>
   <si>
     <t>#69 Jessie Czech - RT</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#97 Guillermo Coy - RDE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>SFO 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>