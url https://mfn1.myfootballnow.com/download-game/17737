--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 5-David Moran kicks 74 yards from MIA 35 to NYA -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Thomas Harris - WR</t>
   </si>
   <si>
     <t>#44 Gary Robinson - FS</t>
   </si>
   <si>
     <t>#52 Rickey Guerrero - LDE</t>
   </si>
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
     <t>#79 William Chapman - DT</t>
   </si>
   <si>
     <t>#51 Aaron Johnson - MLB</t>
   </si>
   <si>
     <t>#72 Terry Vanpelt - DT</t>
   </si>
   <si>
-    <t>#66 Lowell McCalla - RDE</t>
+    <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#74 Rodrigo Koch - DT</t>
   </si>
   <si>
     <t>#58 Jose Morris - WLB</t>
   </si>
   <si>
     <t>#57 Antonio Gambino - WLB</t>
   </si>
   <si>
     <t>#5 David Moran - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#15 George Pruett - WR</t>
   </si>
   <si>
     <t>#75 Charles Moore - LT</t>
   </si>
   <si>
     <t>#55 Agustin Boudreaux - LG</t>
   </si>
   <si>
     <t>#79 Ron Johnston - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#68 Samual Beck - RT</t>
   </si>
   <si>
     <t>#78 Armand Cranford - LDE</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
-    <t>#66 Donald Carignan - DT</t>
+    <t>#76 Donald Carignan - DT</t>
   </si>
   <si>
     <t>#90 Harry Phelps - RDE</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#58 Jamie Davis - MLB</t>
   </si>
   <si>
     <t>#56 Wayne Hernandez - SLB</t>
   </si>
   <si>
     <t>#46 Albert Keith - CB</t>
   </si>
   <si>
     <t>#32 Leroy Eliason - FS</t>
   </si>
   <si>
     <t>#29 Jerome Chamberland - SS</t>
   </si>
   <si>
     <t>#21 Charlie Smithers - FS</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#27 Andrew Harris - FS</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MIA 25 (10:09) 83-Robert Gomez ran to MIA 27 for 2 yards. Tackle by 72-Terry Vanpelt.</t>
   </si>
   <si>
     <t>#12 Melvin Elkins - QB</t>
   </si>
   <si>
     <t>#83 Robert Gomez - WR</t>
   </si>
   <si>
     <t>#43 Ralph Lucht - FB</t>
   </si>
   <si>
-    <t>#83 Joseph Chandler - TE</t>
+    <t>#85 Joseph Chandler - TE</t>
   </si>
   <si>
     <t>#37 Jeffrey Anderson - FB</t>
   </si>
   <si>
     <t>#73 Mark Snow - LG</t>
   </si>
   <si>
     <t>#76 Derrick Brackett - RG</t>
   </si>
   <si>
     <t>#78 Joseph Reay - LT</t>
   </si>
   <si>
     <t>#62 John Wilson - RT</t>
   </si>
   <si>
     <t>#77 John Harris - RDE</t>
   </si>
   <si>
     <t>#67 David Cuellar - RDE</t>
   </si>
   <si>
     <t>#59 Aaron Canady - MLB</t>
   </si>