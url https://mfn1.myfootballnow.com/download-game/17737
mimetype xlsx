--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -368,51 +368,51 @@
   <si>
     <t>#15 George Pruett - WR</t>
   </si>
   <si>
     <t>#75 Charles Moore - LT</t>
   </si>
   <si>
     <t>#55 Agustin Boudreaux - LG</t>
   </si>
   <si>
     <t>#79 Ron Johnston - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#68 Samual Beck - RT</t>
   </si>
   <si>
     <t>#78 Armand Cranford - LDE</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
-    <t>#76 Donald Carignan - DT</t>
+    <t>#51 Donald Carignan - DT</t>
   </si>
   <si>
     <t>#90 Harry Phelps - RDE</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#58 Jamie Davis - MLB</t>
   </si>
   <si>
     <t>#56 Wayne Hernandez - SLB</t>
   </si>
   <si>
     <t>#46 Albert Keith - CB</t>
   </si>
   <si>
     <t>#32 Leroy Eliason - FS</t>
   </si>
   <si>
     <t>#29 Jerome Chamberland - SS</t>
   </si>
   <si>
     <t>#21 Charlie Smithers - FS</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>3-6-MIA 29 (8:43) 83-Robert Gomez ran to MIA 38 for 9 yards. Tackle by 43-Delbert Gwyn.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>MIA 38</t>
   </si>
   <si>
     <t>1-10-MIA 38 (8:02) 83-Robert Gomez ran to MIA 50 for 12 yards. Tackle by 43-Delbert Gwyn.</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>MIA 50</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 50 (7:21) 49-Douglas Harlan ran to MIA 50 for a short gain. Tackle by 53-Aaron Johnson.</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-10-MIA 50 (6:37) 83-Robert Gomez ran to NYA 46 for 4 yards. Tackle by 28-Angel Marquez. MIA 52-Mark Snow was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
     <t>NYA 46</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-6-NYA 46 (5:59) 4-Melvin Elkins pass complete to 37-Jeffrey Anderson to NYA 41 for 5 yards. Tackle by 53-Aaron Johnson.</t>
   </si>