--- v2 (2026-01-29)
+++ v3 (2026-03-30)
@@ -368,51 +368,51 @@
   <si>
     <t>#15 George Pruett - WR</t>
   </si>
   <si>
     <t>#75 Charles Moore - LT</t>
   </si>
   <si>
     <t>#55 Agustin Boudreaux - LG</t>
   </si>
   <si>
     <t>#79 Ron Johnston - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#68 Samual Beck - RT</t>
   </si>
   <si>
     <t>#78 Armand Cranford - LDE</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
-    <t>#51 Donald Carignan - DT</t>
+    <t>#71 Donald Carignan - DT</t>
   </si>
   <si>
     <t>#90 Harry Phelps - RDE</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#58 Jamie Davis - MLB</t>
   </si>
   <si>
     <t>#56 Wayne Hernandez - SLB</t>
   </si>
   <si>
     <t>#46 Albert Keith - CB</t>
   </si>
   <si>
     <t>#32 Leroy Eliason - FS</t>
   </si>
   <si>
     <t>#29 Jerome Chamberland - SS</t>
   </si>
   <si>
     <t>#21 Charlie Smithers - FS</t>
   </si>