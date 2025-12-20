--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -347,162 +347,162 @@
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 31-John Klein ran to CHI 24 for -1 yards. Tackle by 92-Robert Montgomery.</t>
   </si>
   <si>
     <t>#16 Man Ramos - QB</t>
   </si>
   <si>
     <t>#38 Dwight Munn - RB</t>
   </si>
   <si>
     <t>#36 James Wilson - RB</t>
   </si>
   <si>
     <t>#85 Reginald Hood - TE</t>
   </si>
   <si>
     <t>#84 James Jones - TE</t>
   </si>
   <si>
-    <t>#65 Clifford Battin - LT</t>
+    <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#62 Carl Simpson - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#63 Derick Taylor - RG</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#70 Kevin Simental - LDE</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
   <si>
     <t>#72 Joseph Martin - LDE</t>
   </si>
   <si>
     <t>#77 Phillip Walker - RDE</t>
   </si>
   <si>
     <t>#59 William Holmes - SLB</t>
   </si>
   <si>
-    <t>#90 Dale Benson - MLB</t>
+    <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#50 Lacy Oconnor - WLB</t>
   </si>
   <si>
     <t>#35 Randall Collins - CB</t>
   </si>
   <si>
     <t>#25 Charles Campbell - CB</t>
   </si>
   <si>
     <t>#49 Todd Turner - SS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-CHI 24 (14:28) 6-Man Ramos pass complete to 86-Reginald Hood to CHI 31 for 6 yards. Tackle by 55-Dale Benson. Pressure by 72-Joseph Martin.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#82 Wayne Griffith - WR</t>
   </si>
   <si>
-    <t>#14 Charles Watt - WR</t>
+    <t>#12 Charles Watt - WR</t>
   </si>
   <si>
     <t>#44 Kenneth Clark - SS</t>
   </si>
   <si>
     <t>#24 Michael Howe - SS</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>CHI 31</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-4-CHI 31 (13:51) 6-Man Ramos pass incomplete, intended for 14-Charles Watt.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-CHI 31 (13:49) 17-Roger Booth punts 50 yards to MIN 19. 86-Frank Alexander to MIN 29 for 10 yards. 86-Frank Alexander FUMBLES (99-Eric Mabry) recovered by CHI-99-Eric Mabry at MIN 29. Tackle by 70-Kevin Simental. CHI 49-Johnny Ortega was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#17 Roger Booth - P</t>
   </si>
   <si>
     <t>#81 Frank Alexander - WR</t>
   </si>
   <si>
-    <t>#93 Jorge Banda - LDE</t>
+    <t>#93 Jorge Banda - DT</t>
   </si>
   <si>
     <t>#77 Homer Gill - RT</t>
   </si>
   <si>
     <t>#67 David Kurtz - RG</t>
   </si>
   <si>
     <t>#67 Joseph Ford - RT</t>
   </si>
   <si>
     <t>#71 Raymond Burdick - DT</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -605,102 +605,102 @@
   <si>
     <t>#19 Alan Hochstetler - WR</t>
   </si>
   <si>
     <t>#11 Paul Miller - WR</t>
   </si>
   <si>
     <t>#87 Philip Bloom - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#53 Ralph Fagan - LG</t>
   </si>
   <si>
     <t>#72 Terry Pinter - C</t>
   </si>
   <si>
     <t>#73 Gary Ogles - RG</t>
   </si>
   <si>
     <t>#66 Steven Love - RT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - WLB</t>
+    <t>#54 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#28 Justin Hartman - CB</t>
   </si>
   <si>
     <t>#24 Elvis Wilson - FS</t>
   </si>
   <si>
     <t>#39 Alberto Stone - SS</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-10-MIN 12 (12:13) 1-Rodney McRoberts pass complete to 19-Alan Hochstetler to MIN 19 for 6 yards. Tackle by 45-Justin Hartman.</t>
   </si>
   <si>
     <t>#47 Michael Lowell - FB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-4-MIN 19 (11:32) 1-Rodney McRoberts pass complete to 46-Jeffrey Willette to MIN 21 for 2 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>4-2-MIN 21 (10:49) 16-Cedrick Snow punts 47 yards to CHI 32. 31-John Klein to CHI 32 for 1 yards. Tackle by 55-Dale Benson.</t>
   </si>
   <si>
-    <t>#16 Cedrick Snow - P</t>
+    <t>#12 Cedrick Snow - P</t>
   </si>
   <si>
     <t>#75 Chadwick Chavis - RG</t>
   </si>
   <si>
     <t>#54 Steve Cribbs - LT</t>
   </si>
   <si>
     <t>#51 Francisco Parson - C</t>
   </si>
   <si>
     <t>#94 Daniel Mitchell - MLB</t>
   </si>
   <si>
     <t>#55 Alfred Smith - SLB</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>