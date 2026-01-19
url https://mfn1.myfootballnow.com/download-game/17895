--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -344,51 +344,51 @@
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 31-John Klein ran to CHI 24 for -1 yards. Tackle by 92-Robert Montgomery.</t>
   </si>
   <si>
     <t>#16 Man Ramos - QB</t>
   </si>
   <si>
     <t>#38 Dwight Munn - RB</t>
   </si>
   <si>
     <t>#36 James Wilson - RB</t>
   </si>
   <si>
     <t>#85 Reginald Hood - TE</t>
   </si>
   <si>
-    <t>#84 James Jones - TE</t>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#62 Carl Simpson - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#63 Derick Taylor - RG</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#70 Kevin Simental - LDE</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-CHI 24 (14:28) 6-Man Ramos pass complete to 86-Reginald Hood to CHI 31 for 6 yards. Tackle by 55-Dale Benson. Pressure by 72-Joseph Martin.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#82 Wayne Griffith - WR</t>
   </si>
   <si>
     <t>#12 Charles Watt - WR</t>
   </si>
   <si>
     <t>#44 Kenneth Clark - SS</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>CHI 31</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-4-CHI 31 (13:51) 6-Man Ramos pass incomplete, intended for 14-Charles Watt.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -605,102 +605,102 @@
   <si>
     <t>#19 Alan Hochstetler - WR</t>
   </si>
   <si>
     <t>#11 Paul Miller - WR</t>
   </si>
   <si>
     <t>#87 Philip Bloom - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#53 Ralph Fagan - LG</t>
   </si>
   <si>
     <t>#72 Terry Pinter - C</t>
   </si>
   <si>
     <t>#73 Gary Ogles - RG</t>
   </si>
   <si>
     <t>#66 Steven Love - RT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#28 Justin Hartman - CB</t>
   </si>
   <si>
     <t>#24 Elvis Wilson - FS</t>
   </si>
   <si>
     <t>#39 Alberto Stone - SS</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-10-MIN 12 (12:13) 1-Rodney McRoberts pass complete to 19-Alan Hochstetler to MIN 19 for 6 yards. Tackle by 45-Justin Hartman.</t>
   </si>
   <si>
     <t>#47 Michael Lowell - FB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-4-MIN 19 (11:32) 1-Rodney McRoberts pass complete to 46-Jeffrey Willette to MIN 21 for 2 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>4-2-MIN 21 (10:49) 16-Cedrick Snow punts 47 yards to CHI 32. 31-John Klein to CHI 32 for 1 yards. Tackle by 55-Dale Benson.</t>
   </si>
   <si>
-    <t>#12 Cedrick Snow - P</t>
+    <t>#8 Cedrick Snow - P</t>
   </si>
   <si>
     <t>#75 Chadwick Chavis - RG</t>
   </si>
   <si>
     <t>#54 Steve Cribbs - LT</t>
   </si>
   <si>
     <t>#51 Francisco Parson - C</t>
   </si>
   <si>
     <t>#94 Daniel Mitchell - MLB</t>
   </si>
   <si>
     <t>#55 Alfred Smith - SLB</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>CHI 32</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
@@ -2241,51 +2241,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="365.625" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>