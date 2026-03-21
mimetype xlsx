--- v2 (2026-01-19)
+++ v3 (2026-03-21)
@@ -359,51 +359,51 @@
   <si>
     <t>#38 Dwight Munn - RB</t>
   </si>
   <si>
     <t>#36 James Wilson - RB</t>
   </si>
   <si>
     <t>#85 Reginald Hood - TE</t>
   </si>
   <si>
     <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#62 Carl Simpson - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#63 Derick Taylor - RG</t>
   </si>
   <si>
-    <t>#74 Harry Brown - LG</t>
+    <t>#65 Harry Brown - LG</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#70 Kevin Simental - LDE</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
   <si>
     <t>#72 Joseph Martin - LDE</t>
   </si>
   <si>
     <t>#77 Phillip Walker - RDE</t>
   </si>
   <si>
     <t>#59 William Holmes - SLB</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#50 Lacy Oconnor - WLB</t>
   </si>