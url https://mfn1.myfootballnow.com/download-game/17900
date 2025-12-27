--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-William Swindle kicks 63 yards from DEN 35 to KCY 2. 18-Juan Peoples to KCY 23 for 21 yards. Tackle by 23-David Parker.</t>
   </si>
   <si>
     <t>#18 Juan Peoples - WR</t>
   </si>
   <si>
     <t>#20 Theodore Troublefield - CB</t>
   </si>
   <si>
     <t>#53 Young Stoneman - WLB</t>
   </si>
   <si>
     <t>#23 Brian Brown - FS</t>
   </si>
   <si>
     <t>#97 Ronnie Asher - MLB</t>
   </si>
   <si>
     <t>#95 Cole Slawski - DT</t>
   </si>
   <si>
-    <t>#99 Gary Pope - LDE</t>
+    <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
     <t>#54 Lawrence Park - MLB</t>
   </si>
   <si>
     <t>#76 Craig Jones - LDE</t>
   </si>
   <si>
     <t>#44 Monte Moneymaker - SLB</t>
   </si>
   <si>
     <t>#57 Brandon Tate - DT</t>
   </si>
   <si>
     <t>#15 William Swindle - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>KCY 23</t>
   </si>