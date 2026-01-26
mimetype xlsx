--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -305,51 +305,51 @@
   <si>
     <t>#18 Juan Peoples - WR</t>
   </si>
   <si>
     <t>#20 Theodore Troublefield - CB</t>
   </si>
   <si>
     <t>#53 Young Stoneman - WLB</t>
   </si>
   <si>
     <t>#23 Brian Brown - FS</t>
   </si>
   <si>
     <t>#97 Ronnie Asher - MLB</t>
   </si>
   <si>
     <t>#95 Cole Slawski - DT</t>
   </si>
   <si>
     <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
     <t>#54 Lawrence Park - MLB</t>
   </si>
   <si>
-    <t>#76 Craig Jones - LDE</t>
+    <t>#50 Craig Jones - LDE</t>
   </si>
   <si>
     <t>#44 Monte Moneymaker - SLB</t>
   </si>
   <si>
     <t>#57 Brandon Tate - DT</t>
   </si>
   <si>
     <t>#15 William Swindle - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>KCY 23</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#70 Martin Tomlin - LT</t>
   </si>
   <si>
     <t>#73 Saul Williams - LT</t>
   </si>
   <si>
     <t>#72 Omar Grant - C</t>
   </si>
   <si>
     <t>#67 Frank Vogel - RG</t>
   </si>
   <si>
     <t>#71 Jesse Reid - C</t>
   </si>
   <si>
     <t>#90 Thomas Sayre - LDE</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#39 Donald Rowell - SS</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>DEN 14</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-12-DEN 14 (11:52) 9-Alfred Michalec pass complete to 88-Tom Hicks to DEN 25 for 11 yards. Tackle by 25-Bobby Bier.</t>
   </si>
   <si>
     <t>#24 Jason Pacheco - RB</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>