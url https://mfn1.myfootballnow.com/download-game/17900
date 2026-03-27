--- v2 (2026-01-26)
+++ v3 (2026-03-27)
@@ -305,51 +305,51 @@
   <si>
     <t>#18 Juan Peoples - WR</t>
   </si>
   <si>
     <t>#20 Theodore Troublefield - CB</t>
   </si>
   <si>
     <t>#53 Young Stoneman - WLB</t>
   </si>
   <si>
     <t>#23 Brian Brown - FS</t>
   </si>
   <si>
     <t>#97 Ronnie Asher - MLB</t>
   </si>
   <si>
     <t>#95 Cole Slawski - DT</t>
   </si>
   <si>
     <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
     <t>#54 Lawrence Park - MLB</t>
   </si>
   <si>
-    <t>#50 Craig Jones - LDE</t>
+    <t>#75 Craig Jones - LDE</t>
   </si>
   <si>
     <t>#44 Monte Moneymaker - SLB</t>
   </si>
   <si>
     <t>#57 Brandon Tate - DT</t>
   </si>
   <si>
     <t>#15 William Swindle - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>KCY 23</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>DEN 14</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-12-DEN 14 (11:52) 9-Alfred Michalec pass complete to 88-Tom Hicks to DEN 25 for 11 yards. Tackle by 25-Bobby Bier.</t>
   </si>
   <si>
     <t>#24 Jason Pacheco - RB</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>3-1-DEN 25 (11:14) 32-Bobby Rosenberry ran to DEN 29 for 4 yards. Tackle by 93-Craig Jones. DEN 65-Omar Grant was injured on the play. He looks like he should be able to return. PENALTY - Holding (DEN 65-Omar Grant)</t>
   </si>
   <si>
-    <t>#89 John Surber - TE</t>
+    <t>#80 John Surber - TE</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>DEN 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-8-DEN 18 (11:12) 32-Bobby Rosenberry ran to DEN 28 for 10 yards. Tackle by 39-Donald Rowell.</t>
   </si>
   <si>
     <t>#50 Robert Sewell - C</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>DEN 28</t>
   </si>