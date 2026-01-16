--- v0 (2025-10-18)
+++ v1 (2026-01-16)
@@ -359,51 +359,51 @@
   <si>
     <t>#48 Kevin Guidry - FB</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#19 Mario James - WR</t>
   </si>
   <si>
     <t>#74 Tommy Neese - LT</t>
   </si>
   <si>
     <t>#65 Craig Roberts - LG</t>
   </si>
   <si>
     <t>#62 Robert Gibbs - C</t>
   </si>
   <si>
     <t>#58 Charles Fitch - RG</t>
   </si>
   <si>
     <t>#60 Jeff Hankinson - RT</t>
   </si>
   <si>
-    <t>#72 Josiah Roemer - DT</t>
+    <t>#72 Josiah Roemer - SLB</t>
   </si>
   <si>
     <t>#76 Miguel Garcia - DT</t>
   </si>
   <si>
     <t>#68 Jerry Pack - RDE</t>
   </si>
   <si>
     <t>#98 Thomas Orozco - RDE</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>#58 Peter Tatum - MLB</t>
   </si>
   <si>
     <t>#53 Johnathan Gore - WLB</t>
   </si>
   <si>
     <t>#42 Willy Rogers - CB</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>PHI 4</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-PHI 4 (7:26) 7-Arthur Crawley 22 yard field goal is GOOD. WAS 3 PHI 0</t>
   </si>
   <si>
     <t>#2 Robert Tarver - QB</t>
   </si>
   <si>
     <t>#62 Carlos Younger - RT</t>
   </si>
   <si>
     <t>#55 Patrick Everett - C</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>(7:24) 7-Arthur Crawley kicks 75 yards from WAS 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 25 (7:24) 8-Kirk Harrelson pass complete to 48-Kevin Guidry to PHI 26 for 1 yards. Tackle by 46-Willy Rogers.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-PHI 38 (4:40) 8-Kirk Harrelson pass complete to 21-Mario Graney to PHI 48 for 10 yards. Tackle by 34-Fernando Noe.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>1-10-PHI 48 (4:01) 8-Kirk Harrelson pass Pass knocked down by 29-Michael Hopes. incomplete, intended for 19-Mario James. Pressure by 71-Josiah Roemer. PHI 58-Charles Fitch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-10-PHI 48 (3:57) 23-James Benningfield ran to WAS 47 for 5 yards. Tackle by 90-Harry Johnson.</t>
   </si>
   <si>
-    <t>#92 Roberto Park - RDE</t>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-5-WAS 47 (3:20) PENALTY - False Start (PHI 72-Daniel Ellerbee)</t>
   </si>
   <si>
     <t>#21 Jewel Leger - RB</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>3-10-PHI 48 (3:20) 23-James Benningfield ran to WAS 49 for 3 yards. Tackle by 29-Michael Hopes. WAS 90-Harry Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
@@ -2231,51 +2231,51 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="355.056" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>