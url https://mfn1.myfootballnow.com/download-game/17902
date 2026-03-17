--- v1 (2026-01-16)
+++ v2 (2026-03-17)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Arthur Crawley kicks 74 yards from WAS 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>#34 James Benningfield - RB</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#78 Werner Storm - RDE</t>
   </si>
   <si>
     <t>#63 Thomas Smith - LDE</t>
   </si>
   <si>
     <t>#43 Earl Palmer - CB</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>#39 Daniel Harris - SS</t>
   </si>
   <si>
     <t>#90 Ronald Michaud - MLB</t>
   </si>
   <si>
     <t>#32 Jon McGee - FS</t>
   </si>
   <si>
     <t>#21 Mario Graney - WR</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>PHI 4</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-PHI 4 (7:26) 7-Arthur Crawley 22 yard field goal is GOOD. WAS 3 PHI 0</t>
   </si>
   <si>
     <t>#2 Robert Tarver - QB</t>
   </si>
   <si>
     <t>#62 Carlos Younger - RT</t>
   </si>
   <si>
     <t>#55 Patrick Everett - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
-    <t>#50 John Landry - DT</t>
+    <t>#60 John Landry - DT</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>(7:24) 7-Arthur Crawley kicks 75 yards from WAS 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 25 (7:24) 8-Kirk Harrelson pass complete to 48-Kevin Guidry to PHI 26 for 1 yards. Tackle by 46-Willy Rogers.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>