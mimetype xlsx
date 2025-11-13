--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -287,51 +287,51 @@
   <si>
     <t>LAA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Jeremy Marasco kicks 73 yards from PIT 35 to LAA -8. Touchback.</t>
   </si>
   <si>
     <t>#17 Dennis Morin - WR</t>
   </si>
   <si>
     <t>#23 James Jacobs - CB</t>
   </si>
   <si>
-    <t>#73 Michael Jacks - DT</t>
+    <t>#96 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#41 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#39 Danny Williams - SS</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#97 Joseph Perry - WLB</t>
   </si>
   <si>
     <t>#96 Benjamin Carver - SLB</t>
   </si>
   <si>
     <t>#98 Brent Semple - WLB</t>
   </si>
   <si>
     <t>#86 Manuel Haggerty - TE</t>
   </si>
   <si>
     <t>#93 Russell Kerry - LDE</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>1-9-LAA 9 (14:12) 44-Miguel Miller ran to LAA 11 for -2 yards. Tackle by 72-Richard Ristau.</t>
   </si>
   <si>
     <t>#19 Howard Nielson - WR</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>LAA 11</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-11-LAA 11 (13:29) 17-Robert Krantz pass Pass knocked down by 58-Howard Schmidt. incomplete, intended for 82-Jeffrey Castillo.</t>
   </si>
   <si>
     <t>#40 Eugene Andersen - FB</t>
   </si>
   <si>
-    <t>#85 Tony Galusha - TE</t>
+    <t>#80 Tony Galusha - TE</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>3-11-LAA 11 (13:27) 17-Robert Krantz pass Pass knocked down by 48-James Baron. incomplete, intended for 12-Robert Smith. 48-James Baron got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-LAA 11 (13:23) 8-Jeremy Marasco 28 yard field goal is NO GOOD. (Wide Left) PIT 74-Jason Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Clifford Cherry - P</t>
   </si>