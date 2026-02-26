--- v1 (2025-11-13)
+++ v2 (2026-02-26)
@@ -287,54 +287,54 @@
   <si>
     <t>LAA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Jeremy Marasco kicks 73 yards from PIT 35 to LAA -8. Touchback.</t>
   </si>
   <si>
     <t>#17 Dennis Morin - WR</t>
   </si>
   <si>
     <t>#23 James Jacobs - CB</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
-[...2 lines deleted...]
-    <t>#41 Charles Wotring - FS</t>
+    <t>#73 Michael Jacks - DT</t>
+  </si>
+  <si>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#39 Danny Williams - SS</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#97 Joseph Perry - WLB</t>
   </si>
   <si>
     <t>#96 Benjamin Carver - SLB</t>
   </si>
   <si>
     <t>#98 Brent Semple - WLB</t>
   </si>
   <si>
     <t>#86 Manuel Haggerty - TE</t>
   </si>
   <si>
     <t>#93 Russell Kerry - LDE</t>
   </si>
   <si>
     <t>#8 Jeremy Marasco - K</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-9-LAA 9 (14:12) 44-Miguel Miller ran to LAA 11 for -2 yards. Tackle by 72-Richard Ristau.</t>
   </si>
   <si>
     <t>#19 Howard Nielson - WR</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>LAA 11</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-11-LAA 11 (13:29) 17-Robert Krantz pass Pass knocked down by 58-Howard Schmidt. incomplete, intended for 82-Jeffrey Castillo.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#80 Tony Galusha - TE</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>3-11-LAA 11 (13:27) 17-Robert Krantz pass Pass knocked down by 48-James Baron. incomplete, intended for 12-Robert Smith. 48-James Baron got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-LAA 11 (13:23) 8-Jeremy Marasco 28 yard field goal is NO GOOD. (Wide Left) PIT 74-Jason Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>PIT 1</t>
   </si>
   <si>
     <t>4-1-PIT 1 (8:33) 15-Christopher Felix 19 yard field goal is GOOD. PIT 0 LAA 3</t>
   </si>
   <si>
     <t>#83 Raymond Barnett - WR</t>
   </si>
   <si>
     <t>#57 Alvin Harpole - C</t>
   </si>
   <si>
     <t>#15 Christopher Felix - K</t>
   </si>
   <si>
     <t>#74 Shane Frizzell - RG</t>
   </si>
   <si>
     <t>#91 Tanner Starks - SLB</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#59 Michael Skeete - SLB</t>
   </si>
   <si>
     <t>#60 Eric Foster - DT</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>(8:32) 15-Christopher Felix kicks 73 yards from LAA 35 to PIT -8. Touchback.</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>1-10-LAA 33 (12:18) 17-Robert Krantz pass complete to 44-Miguel Miller to LAA 14 for 19 yards. Tackle by 98-Brent Semple. Nice job by 44-Miguel Miller on that route to lose his coverage. PIT 74-Jason Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>LAA 14</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-LAA 14 (11:33) 30-Michael Bishop ran to LAA 5 for 9 yards. Tackle by 94-Michael Jacks. LAA 58-Howard Schmidt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>LAA 5</t>
   </si>
   <si>
     <t>2-1-LAA 5 (10:58) 17-Robert Krantz pass complete to 48-Eugene Andersen to LAA 5 for a short loss. Tackle by 47-John Watson.</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>3-1-LAA 5 (10:14) 48-Eugene Andersen ran to LAA 2 for 3 yards. Tackle by 77-Alfred Oakley.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>LAA 2</t>
   </si>
   <si>
     <t>1-2-LAA 2 (9:41) 44-Miguel Miller ran for 2 yards. TOUCHDOWN! PIT 9 LAA 6</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>LAA 15</t>
   </si>
   <si>
     <t>(9:39) Extra point GOOD by 8-Jeremy Marasco. PIT 10 LAA 6</t>
   </si>