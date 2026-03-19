--- v0 (2025-10-18)
+++ v1 (2026-03-19)
@@ -446,81 +446,81 @@
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-11-PIT 43 (13:34) 34-Ross Purcell ran to PIT 46 for 4 yards. Tackle by 22-Antonio Gatton.</t>
   </si>
   <si>
     <t>#22 Antonio Gatton - CB</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>PIT 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-7-PIT 46 (12:59) 34-Ross Purcell ran to PIT 46 for a short gain. Tackle by 59-Aaron Canady.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
-[...2 lines deleted...]
-    <t>#85 Tony Galusha - TE</t>
+    <t>#34 Eugene Andersen - FB</t>
+  </si>
+  <si>
+    <t>#80 Tony Galusha - TE</t>
   </si>
   <si>
     <t>#52 Rickey Guerrero - LDE</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-PIT 46 (12:16) 1-Clifford Cherry punts 45 yards to NYA 8. 11-Thomas Harris to NYA 17 for 10 yards. Tackle by 71-William Reynolds.</t>
   </si>
   <si>
     <t>#3 Clifford Cherry - P</t>
   </si>
   <si>
     <t>#11 Thomas Harris - WR</t>
   </si>
   <si>
     <t>#90 Ronald Carey - MLB</t>
   </si>
   <si>
-    <t>#66 Lowell McCalla - RDE</t>
+    <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#57 Antonio Gambino - WLB</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
   <si>
     <t>#65 George Hawkins - RT</t>
   </si>
   <si>
     <t>#79 William Chapman - DT</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>NYA 17</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-NYA 17 (12:07) 9-Dennis Reed pass complete to 82-Jason Roth to NYA 32 for 15 yards. Tackle by 36-Charles Hollen. 82-Jason Roth breaks down the CB.</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:34) Extra point GOOD by 10-Dennis Brassell. PIT 0 NYA 7</t>
   </si>
   <si>
     <t>#52 Terry Heckman - LT</t>
   </si>
   <si>
     <t>#68 Samual Beck - RT</t>
   </si>
   <si>
     <t>#96 Alan Harper - WLB</t>
   </si>
   <si>
     <t>#94 David White - RDE</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#60 Eric Foster - DT</t>
   </si>
   <si>
     <t>(8:34) 10-Dennis Brassell kicks 75 yards from NYA 35 to PIT -10. Touchback.</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (8:34) 34-Ross Purcell ran to PIT 24 for -1 yards. Tackle by 22-Antonio Gatton.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>PIT 24</t>
   </si>