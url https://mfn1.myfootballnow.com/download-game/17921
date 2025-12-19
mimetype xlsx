--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -419,51 +419,51 @@
   <si>
     <t>#33 Donald Hussain - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-DET 25 (14:59) 48-Christopher Ritchey ran to DET 27 for 2 yards. Tackle by 22-Donald Lincoln.</t>
   </si>
   <si>
     <t>#89 Shawn Nez - WR</t>
   </si>
   <si>
     <t>#12 Richard Benitez - WR</t>
   </si>
   <si>
     <t>#84 Merle Rich - WR</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-8-DET 27 (14:21) 48-Christopher Ritchey ran to DET 35 for 8 yards. Tackle by 20-Robert McCown.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
@@ -557,102 +557,102 @@
   <si>
     <t>#33 Nicholas Kessler - RB</t>
   </si>
   <si>
     <t>#41 Clayton Muncy - CB</t>
   </si>
   <si>
     <t>#29 William Bassett - CB</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (12:17) 15-Craig Moore pass complete to 12-William Gonzalez to NYN 37 for 12 yards. Tackle by 46-Larry Hagen. 12-William Gonzalez made a great move on the CB. 46-Larry Hagen got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
-    <t>#89 William Gonzalez - WR</t>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#26 Steven Speciale - CB</t>
   </si>
   <si>
     <t>#27 Ronald Thomas - SS</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>NYN 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-NYN 37 (11:41) 33-Nicholas Kessler ran to NYN 46 for 9 yards. Tackle by 39-Ronald Thomas.</t>
   </si>
   <si>
     <t>#14 Ryan Townes - WR</t>
   </si>
   <si>
-    <t>#53 Jeffery Patterson - SLB</t>
+    <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>2-1-NYN 46 (10:57) 15-Craig Moore pass complete to 13-Robert Patterson to DET 33 for 21 yards. Tackle by 46-Larry Hagen. 13-Robert Patterson made a great move on the CB.</t>
   </si>
   <si>
     <t>#17 Ian Jeffrey - WR</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>DET 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -1376,51 +1376,51 @@
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>2-1-DET 13 (0:02) 3-Jonathan McCord 31 yard field goal is GOOD. NYN 16 DET 10</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Matthew Parker kicks 75 yards from DET 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 27-Adam Dawson for 75 yards. TOUCHDOWN! NYN 22 DET 10</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>(14:48) Extra point GOOD by 3-Jonathan McCord. NYN 23 DET 10</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>(14:48) 3-Jonathan McCord kicks 75 yards from NYN 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-DET 25 (14:48) 1-Arthur Riley pass complete to 86-John Shelton to DET 41 for 16 yards. Tackle by 37-James Rusin. 86-John Shelton breaks down the CB.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>DET 41</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-DET 41 (14:11) 1-Arthur Riley pass complete to 12-Richard Benitez to DET 43 for 2 yards. Tackle by 20-Robert McCown.</t>
   </si>
   <si>
     <t>13:26</t>
   </si>