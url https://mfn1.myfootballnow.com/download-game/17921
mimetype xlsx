--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -359,51 +359,51 @@
   <si>
     <t>#20 Christopher Ritchey - FB</t>
   </si>
   <si>
     <t>#32 Dwight Emmons - RB</t>
   </si>
   <si>
     <t>#44 Donald Huddle - FB</t>
   </si>
   <si>
     <t>#87 John Shelton - TE</t>
   </si>
   <si>
     <t>#38 Gabriel Greenspan - TE</t>
   </si>
   <si>
     <t>#63 David Mahan - RG</t>
   </si>
   <si>
     <t>#70 James Hamilton - LG</t>
   </si>
   <si>
     <t>#53 Alvin Gillespie - C</t>
   </si>
   <si>
-    <t>#59 Edward Silvey - RG</t>
+    <t>#61 Edward Silvey - RG</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#98 Christian Denny - LDE</t>
   </si>
   <si>
     <t>#92 Nicholas Keys - LDE</t>
   </si>
   <si>
     <t>#63 John Davis - DT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#91 Robert Bachman - RDE</t>
   </si>
   <si>
     <t>#54 Matthew Shuler - SLB</t>
   </si>
   <si>
     <t>#49 Stacy Baird - SS</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#41 Clayton Muncy - CB</t>
   </si>
   <si>
     <t>#29 William Bassett - CB</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (12:17) 15-Craig Moore pass complete to 12-William Gonzalez to NYN 37 for 12 yards. Tackle by 46-Larry Hagen. 12-William Gonzalez made a great move on the CB. 46-Larry Hagen got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#26 Steven Speciale - CB</t>
   </si>