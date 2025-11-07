--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -341,51 +341,51 @@
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 13-Robert Patterson to NYN 27 for 2 yards. Tackle by 44-Leroy Benson.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
     <t>#14 Ryan Townes - WR</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#61 Dale Moreno - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
@@ -410,66 +410,66 @@
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#28 David Griffin - SS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>NYN 27</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-NYN 27 (14:27) 15-Craig Moore pass complete to 16-Charles Best to NYN 31 for 4 yards. Tackle by 24-Scott Westbrook.</t>
   </si>
   <si>
-    <t>#89 William Gonzalez - WR</t>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#17 Ian Jeffrey - WR</t>
   </si>
   <si>
     <t>#57 Ricky Foster - MLB</t>
   </si>
   <si>
     <t>#40 Daniel Bryant - CB</t>
   </si>
   <si>
-    <t>#31 Dennis Moore - FS</t>
+    <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>#37 David Garcia - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-4-NYN 31 (13:47) 27-Adam Dawson ran to NYN 30 for -2 yards. Tackle by 59-Dewayne Sirois.</t>
   </si>
   <si>
     <t>#27 Adam Dawson - RB</t>
   </si>
   <si>
     <t>#35 Ryan Sanchez - FB</t>
   </si>
@@ -536,72 +536,72 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 23 (13:02) 9-Daniel Jenkins pass complete to 29-Lloyd Barber to CLE 31 for 7 yards. Tackle by 54-Matthew Shuler.</t>
   </si>
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#39 Tony Combs - FB</t>
   </si>
   <si>
     <t>#87 Mitchel Basham - TE</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#53 Thomas Rodgers - LT</t>
   </si>
   <si>
-    <t>#68 Dennis Hines - LG</t>
+    <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>#64 William Smith - C</t>
   </si>
   <si>
     <t>#67 Bryan King - RG</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#98 Christian Denny - LDE</t>
   </si>
   <si>
     <t>#63 John Davis - DT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#33 Pedro Sharp - CB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-3-CLE 31 (12:23) 9-Daniel Jenkins pass complete to 46-Lester Coltrane to CLE 43 for 12 yards. Tackle by 22-Donald Lincoln.</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
@@ -1013,51 +1013,51 @@
   <si>
     <t>2-10-CLE 19 (14:24) 33-Nicholas Kessler ran to CLE 14 for 5 yards. Tackle by 20-John Hann. PENALTY - Holding (NYN 69-Adam Frost)</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-19-CLE 29 (14:22) 15-Craig Moore pass complete to 27-Adam Dawson for 29 yards. TOUCHDOWN! PENALTY - Defensive Holding (CLE 54-Robert Andrews) (Declined) NYN 9 CLE 0</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>(14:16) Extra point GOOD by 3-Jonathan McCord. NYN 10 CLE 0</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#90 Scott Salinas - RDE</t>
   </si>
   <si>
     <t>(14:16) 3-Jonathan McCord kicks 71 yards from NYN 35 to CLE -6. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-CLE 25 (14:16) 46-Lester Coltrane ran to CLE 23 for -2 yards. Tackle by 91-Robert Bachman.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-12-CLE 23 (13:38) 7-Matthew Hess ran to CLE 23 for a short loss. Tackle by 58-Stacy Baird.</t>
   </si>