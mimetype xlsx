--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -371,69 +371,69 @@
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#61 Dale Moreno - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#52 Harvey Gill - DT</t>
+    <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
-    <t>#28 David Griffin - SS</t>
+    <t>#28 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>NYN 27</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-NYN 27 (14:27) 15-Craig Moore pass complete to 16-Charles Best to NYN 31 for 4 yards. Tackle by 24-Scott Westbrook.</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>