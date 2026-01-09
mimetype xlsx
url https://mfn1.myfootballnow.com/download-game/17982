--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -344,96 +344,96 @@
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 13-Robert Patterson to NYN 27 for 2 yards. Tackle by 44-Leroy Benson.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
     <t>#14 Ryan Townes - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#61 Dale Moreno - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
-    <t>#28 David Griffin - FS</t>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>NYN 27</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-NYN 27 (14:27) 15-Craig Moore pass complete to 16-Charles Best to NYN 31 for 4 yards. Tackle by 24-Scott Westbrook.</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
@@ -539,51 +539,51 @@
   <si>
     <t>1-10-CLE 23 (13:02) 9-Daniel Jenkins pass complete to 29-Lloyd Barber to CLE 31 for 7 yards. Tackle by 54-Matthew Shuler.</t>
   </si>
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#39 Tony Combs - FB</t>
   </si>
   <si>
     <t>#87 Mitchel Basham - TE</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#53 Thomas Rodgers - LT</t>
   </si>
   <si>
     <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#67 Bryan King - RG</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#98 Christian Denny - LDE</t>
   </si>
   <si>
     <t>#63 John Davis - DT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#33 Pedro Sharp - CB</t>
   </si>