--- v3 (2026-01-09)
+++ v4 (2026-02-16)
@@ -371,51 +371,51 @@
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#61 Dale Moreno - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>3-18-CLE 34 (11:01) 9-Daniel Jenkins sacked at CLE 26 for -8 yards (72-Philip Barker). Sack allowed by 64-William Smith.</t>
   </si>
   <si>
     <t>#14 Matthew Hess - QB</t>
   </si>
   <si>
     <t>#92 Nicholas Keys - LDE</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>4-26-CLE 26 (10:24) 16-Adrian Dill punts 36 yards to NYN 38.</t>
   </si>
   <si>
     <t>#11 Adrian Dill - P</t>
   </si>
   <si>
     <t>#47 Charles Gaspar - FB</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#51 Jorge Gordon - DT</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-NYN 38 (10:15) 27-Adam Dawson ran to NYN 37 for -1 yards. Tackle by 91-Donald Henderson.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>