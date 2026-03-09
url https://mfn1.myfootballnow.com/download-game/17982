--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -860,51 +860,51 @@
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-19-CLE 21 (4:45) 35-Ryan Sanchez ran to CLE 17 for 4 yards. Tackle by 36-Malcom Brown. NYN 17-Ian Jeffrey was injured on the play. He looks like he should be able to return. PENALTY - Holding (NYN 69-Adam Frost) (Declined)</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>CLE 17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-CLE 17 (4:42) 3-Jonathan McCord 35 yard field goal is GOOD. NYN 3 CLE 0</t>
   </si>
   <si>
     <t>#8 Robert Rios - QB</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(4:40) 3-Jonathan McCord kicks 73 yards from NYN 35 to CLE -8. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CLE 25 (4:40) 9-Daniel Jenkins pass complete to 39-Tony Combs to CLE 24 for -1 yards. Tackle by 29-William Bassett. Nice job by 39-Tony Combs on that route to lose his coverage.</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>2-11-CLE 24 (3:59) 9-Daniel Jenkins pass incomplete, dropped by 46-Lester Coltrane. Pressure by 95-Mark Gothard.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>