--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -335,162 +335,162 @@
   <si>
     <t>#54 Matthew Shuler - SLB</t>
   </si>
   <si>
     <t>#9 Brett Steward - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 27-Adam Dawson ran to NYN 24 for -1 yards. Tackle by 91-Donald Henderson.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
-[...2 lines deleted...]
-    <t>#89 William Gonzalez - WR</t>
+    <t>#17 Charles Best - WR</t>
+  </si>
+  <si>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#52 Harvey Gill - DT</t>
+    <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
-    <t>#28 David Griffin - SS</t>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-11-NYN 24 (14:21) 15-Craig Moore pass complete to 81-David James to NYN 26 for 2 yards. Tackle by 24-Scott Westbrook.</t>
   </si>
   <si>
     <t>#35 Ryan Sanchez - FB</t>
   </si>
   <si>
     <t>#14 Ryan Townes - WR</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>NYN 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-9-NYN 26 (13:40) 15-Craig Moore pass complete to 27-Adam Dawson to NYN 27 for a short gain. Tackle by 26-William Adames.</t>
   </si>
   <si>
-    <t>#14 Philip Kim - WR</t>
+    <t>#15 Philip Kim - WR</t>
   </si>
   <si>
     <t>#19 Ronald Kennamer - WR</t>
   </si>
   <si>
     <t>#57 Ricky Foster - MLB</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
-    <t>#31 Dennis Moore - FS</t>
+    <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>NYN 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-NYN 27 (13:01) 2-Michael Frye punts 45 yards to CLE 28. Fair Catch by 83-Harry Anderson.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#83 Harry Anderson - WR</t>
   </si>
@@ -530,75 +530,75 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CLE 28 (12:55) 9-Daniel Jenkins pass incomplete, intended for 39-Tony Combs. Pressure by 95-Mark Gothard.</t>
   </si>
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#39 Tony Combs - FB</t>
   </si>
   <si>
     <t>#41 Calvin Wright - RB</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
-    <t>#68 Dennis Hines - LG</t>
+    <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
     <t>#67 Bryan King - RG</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#54 Matthew Russell - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#63 John Davis - DT</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-CLE 28 (12:51) 46-Lester Coltrane ran to CLE 32 for 4 yards. Tackle by 54-Matthew Shuler.</t>
   </si>
   <si>
     <t>#87 Mitchel Basham - TE</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
@@ -839,75 +839,75 @@
   <si>
     <t>1-3-CLE 3 (4:46) 35-Ryan Sanchez ran for 3 yards. TOUCHDOWN! CLE 0 NYN 6</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:44) Extra point GOOD by 3-Jonathan McCord. CLE 0 NYN 7</t>
   </si>
   <si>
     <t>#8 Robert Rios - QB</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#70 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(4:44) 3-Jonathan McCord kicks 75 yards from NYN 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
-    <t>#66 Ryan Pak - LG</t>
+    <t>#61 Ryan Pak - LG</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>1-10-CLE 25 (4:44) 9-Daniel Jenkins pass complete to 46-Lester Coltrane to NYN 41 for 34 yards.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>NYN 41</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 41 (4:02) 41-Calvin Wright ran to NYN 38 for 3 yards. Tackle by 54-Matthew Shuler.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>