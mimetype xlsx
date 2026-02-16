--- v1 (2026-01-09)
+++ v2 (2026-02-16)
@@ -371,51 +371,51 @@
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#59 Robert Andrews - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#44 Leroy Benson - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#47 John Hann - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>NYN 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-NYN 27 (13:01) 2-Michael Frye punts 45 yards to CLE 28. Fair Catch by 83-Harry Anderson.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#83 Harry Anderson - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#15 Alejandro Lopez - WR</t>
   </si>
   <si>
     <t>#5 Wendell McWilliams - WR</t>
   </si>
   <si>
     <t>#84 Douglas Davis - WR</t>
   </si>
   <si>
     <t>#78 Larry Coleman - RT</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#90 Scott Salinas - RDE</t>
   </si>
   <si>
     <t>#39 Ramon Haskell - FS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>3-7-CLE 43 (10:50) 9-Daniel Jenkins pass incomplete, intended for 89-Wendell McWilliams.</t>
   </si>
   <si>
     <t>#98 Christian Denny - LDE</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>4-7-CLE 43 (10:47) 16-Adrian Dill punts 49 yards to NYN 9. Fair Catch by 27-Adam Dawson.</t>
   </si>
   <si>
     <t>#11 Adrian Dill - P</t>
   </si>
   <si>
     <t>#53 Thomas Rodgers - LT</t>
   </si>
   <si>
     <t>#47 Charles Gaspar - FB</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#91 Robert Bachman - RDE</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>NYN 9</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NYN 9 (10:40) 15-Craig Moore pass Pass knocked down by 24-Scott Westbrook. incomplete, intended for 81-David James.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:44) Extra point GOOD by 3-Jonathan McCord. CLE 0 NYN 7</t>
   </si>
   <si>
     <t>#8 Robert Rios - QB</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(4:44) 3-Jonathan McCord kicks 75 yards from NYN 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#61 Ryan Pak - LG</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>1-10-CLE 25 (4:44) 9-Daniel Jenkins pass complete to 46-Lester Coltrane to NYN 41 for 34 yards.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>