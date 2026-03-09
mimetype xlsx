--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -836,51 +836,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-3-CLE 3 (4:46) 35-Ryan Sanchez ran for 3 yards. TOUCHDOWN! CLE 0 NYN 6</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:44) Extra point GOOD by 3-Jonathan McCord. CLE 0 NYN 7</t>
   </si>
   <si>
     <t>#8 Robert Rios - QB</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(4:44) 3-Jonathan McCord kicks 75 yards from NYN 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>