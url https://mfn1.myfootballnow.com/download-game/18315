--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -857,51 +857,51 @@
   <si>
     <t>#8 Robert Rios - QB</t>
   </si>
   <si>
     <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#67 Julian York - RG</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(4:44) 3-Jonathan McCord kicks 75 yards from NYN 35 to CLE -10. Touchback.</t>
   </si>
   <si>
-    <t>#52 Foster Wyatt - LT</t>
+    <t>#68 Foster Wyatt - RG</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#61 Ryan Pak - LG</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>1-10-CLE 25 (4:44) 9-Daniel Jenkins pass complete to 46-Lester Coltrane to NYN 41 for 34 yards.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>NYN 41</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 41 (4:02) 41-Calvin Wright ran to NYN 38 for 3 yards. Tackle by 54-Matthew Shuler.</t>
   </si>