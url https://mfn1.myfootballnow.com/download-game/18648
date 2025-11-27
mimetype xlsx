--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -308,171 +308,171 @@
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#20 Robert McCown - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#25 Jay Carney - CB</t>
   </si>
   <si>
-    <t>#75 Larry Hawthorne - LDE</t>
+    <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
     <t>#9 Brett Steward - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 81-David James to NYN 33 for 8 yards. Tackle by 28-David Griffin.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
-    <t>#89 William Gonzalez - WR</t>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#64 James Walden - RG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#52 Harvey Gill - DT</t>
+    <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
-    <t>#90 Dale Benson - MLB</t>
+    <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#41 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#28 David Griffin - SS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-NYN 33 (14:20) 15-Craig Moore pass incomplete, intended for 16-Charles Best.</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
-    <t>#31 Dennis Moore - FS</t>
+    <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-2-NYN 33 (14:18) 30-Troy Rivers ran to NYN 43 for 10 yards. Tackle by 27-Dennis Moore.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:24) Extra point GOOD by 3-Jonathan McCord. NYN 7 CLE 0</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#67 John Socha - RG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>#39 Ramon Haskell - FS</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
     <t>#70 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(13:24) 3-Jonathan McCord kicks 74 yards from NYN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
@@ -572,75 +572,75 @@
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CLE 25 (13:24) 9-Daniel Jenkins pass complete to 33-Carl Bennett to CLE 27 for 2 yards. Tackle by 52-Angelo Sadler.</t>
   </si>
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#13 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#5 Wendell McWilliams - WR</t>
   </si>
   <si>
-    <t>#68 Dennis Hines - LG</t>
+    <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#91 Robert Bachman - RDE</t>
   </si>
   <si>
     <t>#63 John Davis - DT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
     <t>#51 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>CLE 27</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-CLE 27 (12:40) 9-Daniel Jenkins pass complete to 89-Wendell McWilliams to CLE 35 for 8 yards. Tackle by 37-James Rusin.</t>
   </si>
@@ -1142,51 +1142,51 @@
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>NYN 23</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-7-NYN 23 (6:53) 15-Craig Moore pass complete to 13-Robert Patterson to NYN 30 for 7 yards. Tackle by 26-William Adames. 13-Robert Patterson did some fancy footwork there.</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-NYN 30 (6:18) PENALTY - False Start (NYN 83-Doug Hernandez)</t>
   </si>
   <si>
-    <t>#14 Philip Kim - WR</t>
+    <t>#15 Philip Kim - WR</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>1-15-NYN 25 (6:18) 15-Craig Moore pass complete to 83-Doug Hernandez to NYN 27 for 2 yards. Tackle by 26-William Adames. Great move by 83-Doug Hernandez to get free of his coverage.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>NYN 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-13-NYN 27 (5:39) 30-Troy Rivers ran to NYN 33 for 6 yards. Tackle by 42-Charles Wotring. CLE 99-Dale Benson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>3-7-NYN 33 (4:54) 89-Philip Kim ran to NYN 39 for 6 yards. Tackle by 36-Malcom Brown.</t>
   </si>