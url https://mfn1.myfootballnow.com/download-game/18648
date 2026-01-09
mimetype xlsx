--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -389,78 +389,78 @@
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
-[...2 lines deleted...]
-    <t>#28 David Griffin - SS</t>
+    <t>#6 Charles Wotring - FS</t>
+  </si>
+  <si>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-NYN 33 (14:20) 15-Craig Moore pass incomplete, intended for 16-Charles Best.</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:24) Extra point GOOD by 3-Jonathan McCord. NYN 7 CLE 0</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>#39 Ramon Haskell - FS</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
     <t>#70 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-13-NYN 35 (7:26) 9-Daniel Jenkins pass Pass knocked down by 52-Angelo Sadler. incomplete, intended for 84-Douglas Davis.</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-NYN 35 (7:23) 16-Adrian Dill punts 26 yards to NYN 9.</t>
   </si>
   <si>
     <t>#11 Adrian Dill - P</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>NYN 9</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NYN 9 (7:17) 34-Kenneth McKay ran to NYN 14 for 5 yards. Tackle by 36-Malcom Brown.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>NYN 14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>