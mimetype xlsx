--- v2 (2026-01-09)
+++ v3 (2026-02-16)
@@ -374,51 +374,51 @@
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#64 James Walden - RG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#54 Donald Henderson - WLB</t>
   </si>
   <si>
     <t>#24 Scott Westbrook - CB</t>
   </si>
   <si>
     <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
@@ -506,135 +506,135 @@
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>#39 Ramon Haskell - FS</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(13:24) 3-Jonathan McCord kicks 74 yards from NYN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#39 Tony Combs - FB</t>
   </si>
   <si>
     <t>#15 Alejandro Lopez - WR</t>
   </si>
   <si>
     <t>#67 Bryan King - RG</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CLE 25 (13:24) 9-Daniel Jenkins pass complete to 33-Carl Bennett to CLE 27 for 2 yards. Tackle by 52-Angelo Sadler.</t>
   </si>
   <si>
     <t>#9 Daniel Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#5 Wendell McWilliams - WR</t>
   </si>
   <si>
     <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#91 Robert Bachman - RDE</t>
   </si>
   <si>
     <t>#63 John Davis - DT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>CLE 27</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>