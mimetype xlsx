--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -479,51 +479,51 @@
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 43 (13:33) 15-Craig Moore pass complete to 13-Robert Patterson for 57 yards. TOUCHDOWN! NYN 6 CLE 0</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:24) Extra point GOOD by 3-Jonathan McCord. NYN 7 CLE 0</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>#39 Ramon Haskell - FS</t>
   </si>
   <si>
     <t>#95 Jeffrey Barajas - DT</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>