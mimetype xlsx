--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 81-David James to NYN 33 for 8 yards. Tackle by 28-David Griffin.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
-    <t>#64 James Walden - RG</t>
+    <t>#73 James Walden - RG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#66 Robert Bendel - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-NYN 33 (14:20) 15-Craig Moore pass incomplete, intended for 16-Charles Best.</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
-    <t>#37 Shane Jamison - MLB</t>
+    <t>#95 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-2-NYN 33 (14:18) 30-Troy Rivers ran to NYN 43 for 10 yards. Tackle by 27-Dennis Moore.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(13:24) 3-Jonathan McCord kicks 74 yards from NYN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
-    <t>#52 Foster Wyatt - LT</t>
+    <t>#68 Foster Wyatt - RG</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#39 Tony Combs - FB</t>
   </si>
   <si>
     <t>#15 Alejandro Lopez - WR</t>
   </si>
   <si>
     <t>#67 Bryan King - RG</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CLE 25 (13:24) 9-Daniel Jenkins pass complete to 33-Carl Bennett to CLE 27 for 2 yards. Tackle by 52-Angelo Sadler.</t>
   </si>