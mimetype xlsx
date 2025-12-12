--- v0 (2025-10-14)
+++ v1 (2025-12-12)
@@ -341,99 +341,99 @@
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 23-James Benningfield ran to PHI 26 for 1 yards. Tackle by 73-John Mendoza.</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#47 Michael Lowell - FB</t>
   </si>
   <si>
     <t>#85 Scott Stansberry - TE</t>
   </si>
   <si>
-    <t>#19 Andrew Seaton - WR</t>
+    <t>#89 Andrew Seaton - WR</t>
   </si>
   <si>
     <t>#63 Leroy Kuo - LT</t>
   </si>
   <si>
     <t>#60 Daniel Ellerbee - LG</t>
   </si>
   <si>
     <t>#57 Rodney Machen - C</t>
   </si>
   <si>
     <t>#73 Gary Ogles - RG</t>
   </si>
   <si>
     <t>#71 Joseph Rucker - C</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#67 Timothy Lipinski - DT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
     <t>#78 Larry Hatcher - RDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#53 Young Stoneman - WLB</t>
   </si>
   <si>
     <t>#22 Michael Meade - CB</t>
   </si>
   <si>
     <t>#35 Jeffrey Petty - CB</t>
   </si>
   <si>
     <t>#39 Thomas Azar - SS</t>
   </si>
   <si>
-    <t>#25 Patrick Chavez - FS</t>
+    <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-9-PHI 26 (14:21) 14-John Toro pass complete to 19-Andrew Seaton to PHI 31 for 6 yards. Tackle by 35-Jeffrey Petty.</t>
   </si>
   <si>
     <t>#41 Ed Smith - FS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
@@ -599,156 +599,156 @@
   <si>
     <t>3-12-KCY 25 (7:53) 14-John Toro sacked at KCY 34 for -8 yards (73-John Mendoza). Sack allowed by 57-Rodney Machen.</t>
   </si>
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>KCY 34</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-20-KCY 34 (7:07) 4-Willie Petersen 51 yard field goal is GOOD. KCY 0 PHI 3</t>
   </si>
   <si>
     <t>#4 Willie Petersen - K</t>
   </si>
   <si>
-    <t>#62 Raymond Johnson - LT</t>
+    <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(7:04) 4-Willie Petersen kicks 72 yards from PHI 35 to KCY -7. Touchback.</t>
   </si>
   <si>
     <t>#18 Juan Peoples - WR</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-KCY 25 (7:04) 37-Thomas Prickett ran to KCY 28 for 3 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
   <si>
     <t>#34 Ross Purcell - RB</t>
   </si>
   <si>
-    <t>#29 Harold Jackson - FB</t>
+    <t>#66 Harold Jackson - RT</t>
   </si>
   <si>
     <t>#85 Marco Brown - TE</t>
   </si>
   <si>
     <t>#81 Lucas Potts - TE</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#54 James Buck - C</t>
   </si>
   <si>
     <t>#79 Billy Slater - RG</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
     <t>#64 Darrin Tilton - DT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - WLB</t>
+    <t>#54 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-KCY 28 (6:24) 3-Carl Scott pass complete to 37-Thomas Prickett to KCY 36 for 7 yards. Pushed out of bounds by 91-Dennis Goodman.</t>
   </si>
   <si>
     <t>#89 Jose Newby - WR</t>
   </si>
   <si>
     <t>#80 Dennis Killion - WR</t>
   </si>
   <si>
     <t>#30 Leroy Alsup - CB</t>
   </si>
   <si>
     <t>#26 John Hug - FS</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-KCY 36 (5:47) 37-Thomas Prickett ran to KCY 35 for -1 yards. Tackle by 68-Dustin Carr.</t>
   </si>
   <si>
     <t>#55 James Glade - MLB</t>
   </si>
   <si>
-    <t>#53 Jeffery Patterson - SLB</t>
+    <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#41 Charlie Parmenter - SS</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-11-KCY 35 (5:07) 34-Ross Purcell ran to KCY 47 for 12 yards. Tackle by 46-William Jacobs. PHI 46-William Jacobs was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>KCY 47</t>
   </si>
@@ -872,63 +872,63 @@
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>PHI 16</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-11-PHI 16 (13:37) 3-Carl Scott pass complete to 29-Harold Jackson to PHI 16 for a short gain. Tackle by 56-James Glade.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>4-11-PHI 16 (12:53) 8-James Renaud 33 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#10 Howard Graham - QB</t>
   </si>
   <si>
     <t>#55 James Parks - C</t>
   </si>
   <si>
-    <t>#61 Michael Foster - LT</t>
+    <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#74 Jamie Richardson - LT</t>
   </si>
   <si>
     <t>#78 Kenneth Stalnaker - LG</t>
   </si>
   <si>
     <t>#63 Terry Dardar - RG</t>
   </si>
   <si>
-    <t>#95 Andrew Ray - RDE</t>
+    <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 23 (12:50) 14-John Toro sacked at PHI 14 for -9 yards (78-Larry Hatcher). Sack allowed by 63-Leroy Kuo.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>PHI 14</t>
   </si>