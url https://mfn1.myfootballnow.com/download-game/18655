--- v1 (2025-12-12)
+++ v2 (2026-03-12)
@@ -311,51 +311,51 @@
   <si>
     <t>#44 Harry Freedman - SS</t>
   </si>
   <si>
     <t>#44 Monte Moneymaker - SLB</t>
   </si>
   <si>
     <t>#87 Gregg Hoffman - WR</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#68 Dustin Carr - LDE</t>
   </si>
   <si>
     <t>#75 Randall Baker - RDE</t>
   </si>
   <si>
     <t>#40 Jimmy Cook - CB</t>
   </si>
   <si>
     <t>#31 John Volkert - CB</t>
   </si>
   <si>
-    <t>#67 Chad Whaley - RDE</t>
+    <t>#96 Chad Whaley - DT</t>
   </si>
   <si>
     <t>#8 James Renaud - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 23-James Benningfield ran to PHI 26 for 1 yards. Tackle by 73-John Mendoza.</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#47 Michael Lowell - FB</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>KCY 45</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>3-8-KCY 45 (11:15) 14-John Toro pass complete to 83-Scott Stansberry to KCY 35 for 9 yards. Tackle by 99-William Myrick.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-KCY 35 (10:35) 23-James Benningfield ran to KCY 31 for 4 yards. Tackle by 97-James Edmiston.</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>KCY 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-6-KCY 31 (9:50) 20-Christopher Ritchey ran to KCY 24 for 8 yards. Tackle by 53-Young Stoneman.</t>
   </si>
   <si>
     <t>#95 Cole Slawski - DT</t>
   </si>
   <si>
     <t>#51 Jackie Gallo - MLB</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
@@ -602,150 +602,150 @@
   <si>
     <t>#76 Thomas Pennebaker - RG</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>KCY 34</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-20-KCY 34 (7:07) 4-Willie Petersen 51 yard field goal is GOOD. KCY 0 PHI 3</t>
   </si>
   <si>
     <t>#4 Willie Petersen - K</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
-    <t>#50 John Landry - DT</t>
+    <t>#60 John Landry - DT</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(7:04) 4-Willie Petersen kicks 72 yards from PHI 35 to KCY -7. Touchback.</t>
   </si>
   <si>
     <t>#18 Juan Peoples - WR</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-KCY 25 (7:04) 37-Thomas Prickett ran to KCY 28 for 3 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
   <si>
     <t>#34 Ross Purcell - RB</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
-[...2 lines deleted...]
-    <t>#85 Marco Brown - TE</t>
+    <t>#66 Harold Jackson - LT</t>
+  </si>
+  <si>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>#81 Lucas Potts - TE</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#54 James Buck - C</t>
   </si>
   <si>
     <t>#79 Billy Slater - RG</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
     <t>#64 Darrin Tilton - DT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-KCY 28 (6:24) 3-Carl Scott pass complete to 37-Thomas Prickett to KCY 36 for 7 yards. Pushed out of bounds by 91-Dennis Goodman.</t>
   </si>
   <si>
     <t>#89 Jose Newby - WR</t>
   </si>
   <si>
     <t>#80 Dennis Killion - WR</t>
   </si>
   <si>
     <t>#30 Leroy Alsup - CB</t>
   </si>
   <si>
     <t>#26 John Hug - FS</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-KCY 36 (5:47) 37-Thomas Prickett ran to KCY 35 for -1 yards. Tackle by 68-Dustin Carr.</t>
   </si>
   <si>
-    <t>#55 James Glade - MLB</t>
+    <t>#54 James Glade - MLB</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#41 Charlie Parmenter - SS</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-11-KCY 35 (5:07) 34-Ross Purcell ran to KCY 47 for 12 yards. Tackle by 46-William Jacobs. PHI 46-William Jacobs was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
@@ -884,51 +884,51 @@
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>4-11-PHI 16 (12:53) 8-James Renaud 33 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#10 Howard Graham - QB</t>
   </si>
   <si>
     <t>#55 James Parks - C</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#74 Jamie Richardson - LT</t>
   </si>
   <si>
     <t>#78 Kenneth Stalnaker - LG</t>
   </si>
   <si>
     <t>#63 Terry Dardar - RG</t>
   </si>
   <si>
-    <t>#99 Andrew Ray - LDE</t>
+    <t>#94 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 23 (12:50) 14-John Toro sacked at PHI 14 for -9 yards (78-Larry Hatcher). Sack allowed by 63-Leroy Kuo.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>PHI 14</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>1-10-KCY 40 (3:36) 37-Thomas Prickett ran to KCY 42 for 2 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>KCY 42</t>
   </si>
   <si>
     <t>2-8-KCY 42 (2:52) 37-Thomas Prickett ran to KCY 44 for 1 yards. Tackle by 64-John Landry. 54-James Buck was caught flat-footed on this play. KCY 54-James Buck was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>KCY 44</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-7-KCY 44 (2:17) 37-Thomas Prickett ran to PHI 48 for 9 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>Nickel Strong FS WLB Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 48 (2:00) 34-Ross Purcell ran to PHI 42 for 6 yards. Tackle by 40-Jimmy Cook. PENALTY - Offsides (PHI 94-Darrin Tilton)</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>1-5-PHI 43 (1:57) 3-Carl Scott ran to PHI 36 for 7 yards. Tackle by 91-Dennis Goodman.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
@@ -1307,69 +1307,69 @@
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>KCY 37</t>
   </si>
   <si>
     <t>2-3-KCY 37 (0:03) 4-Willie Petersen 55 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 4-Willie Petersen kicks 59 yards from PHI 35 to KCY 6. 34-Ross Purcell for 94yards. TOUCHDOWN! KCY 40-Robert Longshore was injured on the play. He looks like he should be able to return. KCY 14 PHI 3</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>14:44</t>
   </si>
   <si>
     <t>(14:45) Extra point GOOD by 8-James Renaud. KCY 81-Lucas Potts was injured on the play. He looks like he should be able to return. KCY 15 PHI 3</t>
   </si>
   <si>
-    <t>#77 John Graham - RG</t>
+    <t>#53 John Graham - RG</t>
   </si>
   <si>
     <t>#95 Adam Starks - SLB</t>
   </si>
   <si>
     <t>(14:45) 8-James Renaud kicks 71 yards from KCY 35 to PHI -6. Touchback.</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
-    <t>#98 Kevin Bickel - MLB</t>
+    <t>#55 Kevin Bickel - MLB</t>
   </si>
   <si>
     <t>1-10-PHI 25 (14:45) 8-Jonathan Olivarez pass Pass knocked down by 41-Ed Smith. incomplete, intended for 19-Andrew Seaton. PHI 71-Joseph Rucker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#70 Dennis Medlock - LT</t>
   </si>
   <si>
     <t>#86 Jimmy Dorn - TE</t>
   </si>
   <si>
     <t>#52 Jared Schrupp - DT</t>
   </si>
   <si>
     <t>14:40</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:41) 20-Christopher Ritchey ran to PHI 24 for -1 yards. Tackle by 95-Cole Slawski.</t>
   </si>
   <si>
     <t>#80 Austin Crowe - TE</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>3-11-PHI 24 (13:58) PENALTY - False Start (PHI 47-Michael Lowell)</t>
   </si>
@@ -1388,51 +1388,51 @@
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>4-13-PHI 22 (13:11) 3-Michael Williams punts 43 yards to KCY 35. 34-Ross Purcell to KCY 40 for 5 yards. Tackle by 31-John Volkert.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 40 (13:03) 10-Howard Graham pass Pass knocked down by 31-John Volkert. incomplete, intended for 84-Larry Watkins.</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>2-10-KCY 40 (12:58) 34-Ross Purcell ran to KCY 41 for 1 yards. Tackle by 94-Darrin Tilton.</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>KCY 41</t>
   </si>
   <si>
     <t>3-9-KCY 41 (12:18) 10-Howard Graham pass complete to 27-John Smith to KCY 48 for 7 yards. 27-John Smith FUMBLES (53-Jeffery Patterson) recovered by PHI-78-Andrew Ray to KCY 37 for 12 yards. Pushed out of bounds by 10-Howard Graham. KCY 61-Brendan Porter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>1-10-KCY 37 (12:08) 8-Jonathan Olivarez pass Pass knocked down by 97-James Edmiston. incomplete, intended for 47-Michael Lowell.</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -1496,51 +1496,51 @@
   <si>
     <t>2-6-PHI 6 (8:56) 8-Jonathan Olivarez pass complete to 88-George Coleman to PHI 23 for 17 yards. Tackle by 89-Jose Newby. 88-George Coleman made a great move on the CB.</t>
   </si>
   <si>
     <t>#88 George Coleman - WR</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>1-10-PHI 23 (8:16) 8-Jonathan Olivarez pass incomplete, dropped by 47-Michael Lowell. Pressure by 65-James Parkinson.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>2-10-PHI 23 (8:11) 8-Jonathan Olivarez sacked at PHI 15 for -7 yards (1-Aaron Hower)</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>3-17-PHI 15 (7:29) 8-Jonathan Olivarez pass Pass knocked down by 89-Jose Newby. incomplete, intended for 88-George Coleman.</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>4-17-PHI 15 (7:26) 3-Michael Williams punts 50 yards to KCY 35. 84-Larry Watkins to KCY 36 for 1 yards. Tackle by 21-Mario Graney.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>1-10-KCY 36 (7:19) 10-Howard Graham pass complete to 74-Jamie Richardson to KCY 40 for 4 yards. Tackle by 93-Vern Durst.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-KCY 40 (6:41) 34-Ross Purcell ran to KCY 41 for 1 yards. 34-Ross Purcell FUMBLES (94-Darrin Tilton) recovered by KCY-77-John Graham at KCY 40. 77-John Graham FUMBLES (56-James Glade) recovered by KCY-10-Howard Graham at KCY 39. Tackle by 56-James Glade. PHI 31-John Volkert was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
@@ -2351,51 +2351,51 @@
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>