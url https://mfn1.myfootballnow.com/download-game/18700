--- v0 (2025-10-27)
+++ v1 (2026-01-26)
@@ -305,114 +305,114 @@
   <si>
     <t>#18 Juan Peoples - WR</t>
   </si>
   <si>
     <t>#78 Larry Hatcher - RDE</t>
   </si>
   <si>
     <t>#39 Thomas Azar - SS</t>
   </si>
   <si>
     <t>#22 Michael Meade - CB</t>
   </si>
   <si>
     <t>#97 James Edmiston - WLB</t>
   </si>
   <si>
     <t>#95 Cole Slawski - DT</t>
   </si>
   <si>
     <t>#67 Timothy Lipinski - DT</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>#51 Jackie Gallo - MLB</t>
   </si>
   <si>
     <t>#53 Young Stoneman - WLB</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 3-Carl Scott pass complete to 18-Juan Peoples to KCY 27 for 2 yards. Tackle by 43-William Johnson.</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
   <si>
-    <t>#29 Harold Jackson - FB</t>
-[...2 lines deleted...]
-    <t>#85 Marco Brown - TE</t>
+    <t>#66 Harold Jackson - LT</t>
+  </si>
+  <si>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>#80 Dennis Killion - WR</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#54 James Buck - C</t>
   </si>
   <si>
     <t>#79 Billy Slater - RG</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#76 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#52 Rickie Mahler - WLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
     <t>#25 Jay Carney - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
@@ -482,162 +482,162 @@
   <si>
     <t>#9 Richard Burke - P</t>
   </si>
   <si>
     <t>#55 James Parks - C</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
     <t>#74 Jamie Richardson - LT</t>
   </si>
   <si>
     <t>#78 Kenneth Stalnaker - LG</t>
   </si>
   <si>
-    <t>#61 Michael Foster - LT</t>
+    <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 31 (14:07) 28-Damien Nash ran to NYN 41 for 10 yards. Tackle by 44-Patrick Chavez. PENALTY - Holding (NYN 73-Martin Hodges)</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#28 Damien Nash - RB</t>
   </si>
   <si>
-    <t>#14 Philip Kim - WR</t>
+    <t>#15 Philip Kim - WR</t>
   </si>
   <si>
     <t>#19 Ronald Kennamer - WR</t>
   </si>
   <si>
     <t>#82 Charles Waddell - WR</t>
   </si>
   <si>
     <t>#64 James Walden - RG</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#35 Jeffrey Petty - CB</t>
   </si>
   <si>
     <t>#41 Ed Smith - FS</t>
   </si>
   <si>
-    <t>#25 Patrick Chavez - FS</t>
+    <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-20-NYN 21 (14:03) 9-Thomas Parsley pass Pass knocked down by 35-Jeffrey Petty. incomplete, intended for 83-Doug Hernandez.</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-20-NYN 21 (14:00) 18-Melvin Hafley ran to NYN 26 for 5 yards. Tackle by 99-William Myrick.</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>NYN 26</t>
   </si>
   <si>
     <t>3-15-NYN 26 (13:25) 18-Melvin Hafley ran to NYN 32 for 6 yards. Tackle by 99-William Myrick.</t>
   </si>
   <si>
     <t>#76 Nathaniel Davis - LDE</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>NYN 32</t>
   </si>
   <si>
     <t>4-9-NYN 32 (12:45) 2-Michael Frye punts 49 yards to KCY 19. Fair Catch by 18-Juan Peoples.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Zone Rotate Strong</t>
   </si>
   <si>
     <t>3-5-NYN 23 (5:39) 18-Melvin Hafley ran to NYN 33 for 9 yards. Tackle by 50-Kenny Kornegay. KCY 35-Jeffrey Petty was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NYN 33 (4:54) 28-Damien Nash ran to NYN 38 for 6 yards. Tackle by 50-Kenny Kornegay.</t>
   </si>
   <si>
-    <t>#89 William Gonzalez - WR</t>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-4-NYN 38 (4:16) 18-Melvin Hafley ran to NYN 43 for 5 yards. Tackle by 44-Patrick Chavez.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -1268,57 +1268,57 @@
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>3-7-KCY 28 (0:44) 37-Thomas Prickett ran to KCY 32 for 4 yards. Tackle by 57-Henry Clark.</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-James Renaud kicks 74 yards from KCY 35 to NYN -9. 27-Adam Dawson for 110yards. TOUCHDOWN! NYN 16 KCY 0</t>
   </si>
   <si>
     <t>14:44</t>
   </si>
   <si>
     <t>(14:45) Extra point GOOD by 3-Jonathan McCord. NYN 17 KCY 0</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#52 Jared Schrupp - DT</t>
   </si>
   <si>
     <t>(14:45) 3-Jonathan McCord kicks 75 yards from NYN 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-KCY 25 (14:45) 34-Ross Purcell ran to KCY 27 for 2 yards. Tackle by 21-Antonio Cromartie. NYN 95-Mark Gothard was injured on the play. He looks like he should be able to return. NYN 97-Robert McCullough was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#77 John Graham - RG</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
@@ -2205,97 +2205,97 @@
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="325.492" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">