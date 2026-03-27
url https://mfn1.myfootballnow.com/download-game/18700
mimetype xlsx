--- v1 (2026-01-26)
+++ v2 (2026-03-27)
@@ -314,147 +314,147 @@
   <si>
     <t>#22 Michael Meade - CB</t>
   </si>
   <si>
     <t>#97 James Edmiston - WLB</t>
   </si>
   <si>
     <t>#95 Cole Slawski - DT</t>
   </si>
   <si>
     <t>#67 Timothy Lipinski - DT</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>#51 Jackie Gallo - MLB</t>
   </si>
   <si>
     <t>#53 Young Stoneman - WLB</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 3-Carl Scott pass complete to 18-Juan Peoples to KCY 27 for 2 yards. Tackle by 43-William Johnson.</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
   <si>
     <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
-    <t>#84 Marco Brown - TE</t>
+    <t>#87 Marco Brown - TE</t>
   </si>
   <si>
     <t>#80 Dennis Killion - WR</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#54 James Buck - C</t>
   </si>
   <si>
     <t>#79 Billy Slater - RG</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#56 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#52 Rickie Mahler - WLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
     <t>#25 Jay Carney - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>KCY 27</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-KCY 27 (14:24) 3-Carl Scott sacked at KCY 20 for -7 yards (31-Francisco Bradley). Sack allowed by 29-Harold Jackson. PENALTY - Holding (KCY 79-Billy Slater) (Declined)</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>KCY 20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-15-KCY 20 (14:21) 3-Carl Scott pass incomplete, intended for 18-Juan Peoples. Pressure by 96-William Garcia.</t>
   </si>
   <si>
     <t>#89 Jose Newby - WR</t>
   </si>
@@ -482,147 +482,147 @@
   <si>
     <t>#9 Richard Burke - P</t>
   </si>
   <si>
     <t>#55 James Parks - C</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
     <t>#74 Jamie Richardson - LT</t>
   </si>
   <si>
     <t>#78 Kenneth Stalnaker - LG</t>
   </si>
   <si>
-    <t>#56 Michael Foster - LT</t>
+    <t>#56 Michael Foster - LG</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 31 (14:07) 28-Damien Nash ran to NYN 41 for 10 yards. Tackle by 44-Patrick Chavez. PENALTY - Holding (NYN 73-Martin Hodges)</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#28 Damien Nash - RB</t>
   </si>
   <si>
     <t>#15 Philip Kim - WR</t>
   </si>
   <si>
     <t>#19 Ronald Kennamer - WR</t>
   </si>
   <si>
     <t>#82 Charles Waddell - WR</t>
   </si>
   <si>
-    <t>#64 James Walden - RG</t>
+    <t>#73 James Walden - RG</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#35 Jeffrey Petty - CB</t>
   </si>
   <si>
     <t>#41 Ed Smith - FS</t>
   </si>
   <si>
-    <t>#25 Patrick Chavez - CB</t>
+    <t>#34 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-20-NYN 21 (14:03) 9-Thomas Parsley pass Pass knocked down by 35-Jeffrey Petty. incomplete, intended for 83-Doug Hernandez.</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#83 Doug Hernandez - TE</t>
   </si>
   <si>
-    <t>#97 James Parkinson - LDE</t>
+    <t>#62 James Parkinson - LDE</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-20-NYN 21 (14:00) 18-Melvin Hafley ran to NYN 26 for 5 yards. Tackle by 99-William Myrick.</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>NYN 26</t>
   </si>
   <si>
     <t>3-15-NYN 26 (13:25) 18-Melvin Hafley ran to NYN 32 for 6 yards. Tackle by 99-William Myrick.</t>
   </si>
@@ -1289,51 +1289,51 @@
   <si>
     <t>(14:45) Extra point GOOD by 3-Jonathan McCord. NYN 17 KCY 0</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#52 Jared Schrupp - DT</t>
   </si>
   <si>
     <t>(14:45) 3-Jonathan McCord kicks 75 yards from NYN 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-KCY 25 (14:45) 34-Ross Purcell ran to KCY 27 for 2 yards. Tackle by 21-Antonio Cromartie. NYN 95-Mark Gothard was injured on the play. He looks like he should be able to return. NYN 97-Robert McCullough was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#77 John Graham - RG</t>
+    <t>#53 John Graham - RG</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>2-8-KCY 27 (14:04) 10-Howard Graham pass Pass knocked down by 54-Chase Saunders. incomplete, intended for 34-Ross Purcell. 59-Steven Jung got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>3-8-KCY 27 (13:59) 34-Ross Purcell ran to KCY 31 for 4 yards. Tackle by 37-James Rusin.</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>KCY 31</t>
   </si>