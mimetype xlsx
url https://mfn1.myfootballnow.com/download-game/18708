--- v0 (2025-10-24)
+++ v1 (2026-01-10)
@@ -293,51 +293,51 @@
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-David Moran kicks 72 yards from MIA 35 to DAL -7. Touchback.</t>
   </si>
   <si>
     <t>#27 Victor Phipps - FB</t>
   </si>
   <si>
     <t>#88 Eugene Tullos - WR</t>
   </si>
   <si>
     <t>#99 Mitchell Edwards - LDE</t>
   </si>
   <si>
     <t>#49 Donny Ahmed - CB</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#34 Larry Cash - CB</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
     <t>#35 Curtis Shaughnessy - FS</t>
   </si>
   <si>
     <t>#96 Phillip Bellamy - MLB</t>
   </si>
   <si>
     <t>#97 Frank Kear - LDE</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
     <t>#5 David Moran - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
@@ -353,60 +353,60 @@
   <si>
     <t>1-10-DAL 25 (15:00) 1-Arthur Riley sacked at DAL 15 for -10 yards (56-Robert Long). Sack allowed by 57-Roy Williams.</t>
   </si>
   <si>
     <t>#11 Arthur Riley - QB</t>
   </si>
   <si>
     <t>#40 Bobby Rosenberry - RB</t>
   </si>
   <si>
     <t>#85 Miguel Suggs - TE</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#89 Rex Woods - WR</t>
   </si>
   <si>
     <t>#78 Roy Wishart - RT</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
-    <t>#67 Vincent Swenson - C</t>
+    <t>#58 Vincent Swenson - C</t>
   </si>
   <si>
     <t>#65 Edward Palmer - RG</t>
   </si>
   <si>
     <t>#67 Roy Williams - RT</t>
   </si>
   <si>
-    <t>#56 Robert Long - LDE</t>
+    <t>#91 Robert Long - LDE</t>
   </si>
   <si>
     <t>#98 Glenn Bryan - DT</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#90 Harry Phelps - RDE</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#58 Jamie Davis - MLB</t>
   </si>
   <si>
     <t>#95 David Fisher - WLB</t>
   </si>
   <si>
     <t>#32 Leroy Eliason - FS</t>
   </si>
   <si>
     <t>#46 Albert Keith - CB</t>
   </si>
@@ -488,54 +488,54 @@
   <si>
     <t>#23 Brian Brown - FS</t>
   </si>
   <si>
     <t>#30 Travis Hake - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 30 (13:05) 16-Christopher Eddington pass complete to 15-Peter Black to MIA 35 for 5 yards. Tackle by 24-Eric Lester.</t>
   </si>
   <si>
     <t>#9 Christopher Eddington - QB</t>
   </si>
   <si>
-    <t>#48 Chris Harrington - RB</t>
-[...2 lines deleted...]
-    <t>#15 Peter Black - WR</t>
+    <t>#32 Chris Harrington - RB</t>
+  </si>
+  <si>
+    <t>#18 Peter Black - WR</t>
   </si>
   <si>
     <t>#17 Dennis Morin - WR</t>
   </si>
   <si>
     <t>#85 Richard Martin - WR</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
     <t>#76 Derrick Brackett - RG</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
     <t>#73 William Hernandez - RG</t>
   </si>
   <si>
     <t>#78 Joseph Reay - LT</t>
   </si>
   <si>
     <t>#71 Martin Roberts - DT</t>
   </si>
@@ -581,75 +581,75 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-5-MIA 35 (11:43) 16-Christopher Eddington pass Pass knocked down by 36-Anthony Hardwick. incomplete, intended for 18-Dennis Morin. DAL 95-Edward Ortiz was injured on the play. He looks like he should be able to return. DAL 70-Marion Chatterton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#79 Ira Hagen - RG</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-5-MIA 35 (11:40) 14-Paul Perez punts 47 yards to DAL 18. Fair Catch by 89-Rex Woods.</t>
   </si>
   <si>
     <t>#12 Paul Perez - P</t>
   </si>
   <si>
     <t>#76 Richard Degroat - RG</t>
   </si>
   <si>
     <t>#62 Carlos Martinez - LG</t>
   </si>
   <si>
-    <t>#52 Alonzo Myers - MLB</t>
+    <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#53 Raymond Houser - SLB</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>1-10-DAL 18 (11:33) 1-Arthur Riley pass complete to 21-Bobby Rosenberry to DAL 49 for 30 yards. Tackle by 57-Ron Main. DAL 78-Roy Wishart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>1-10-DAL 49 (10:55) 1-Arthur Riley pass complete to 89-Rex Woods to DAL 49 for a short gain. Tackle by 24-Albert Keith.</t>
   </si>
   <si>
-    <t>#75 James Good - RG</t>
+    <t>#68 James Good - RG</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>2-10-DAL 49 (10:21) 1-Arthur Riley pass complete to 43-Ruben Colbert to MIA 41 for 10 yards. Tackle by 29-Donald Hussain. 43-Ruben Colbert did some fancy footwork there.</t>
   </si>
   <si>
     <t>#43 Ruben Colbert - WR</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>MIA 41</t>
   </si>
   <si>
     <t>1-10-MIA 41 (9:45) 1-Arthur Riley pass complete to 43-Ruben Colbert to MIA 35 for 7 yards. Tackle by 99-Ronnie Hale.</t>
   </si>
   <si>
     <t>#84 Willie Caro - WR</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>2-3-MIA 35 (9:09) 43-Ruben Colbert ran to MIA 25 for 9 yards. Tackle by 29-Donald Hussain.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MIA 25 (8:29) 21-Bobby Rosenberry ran to MIA 20 for 5 yards. Tackle by 58-Jamie Davis.</t>
   </si>
   <si>
     <t>#34 Johnathon Adams - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#38 Timothy Ryan - FS</t>
+    <t>#41 Timothy Ryan - FS</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-5-MIA 20 (7:50) 1-Arthur Riley pass complete to 89-Rex Woods to MIA 13 for 7 yards. Tackle by 24-Albert Keith.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-MIA 13 (7:08) 43-Ruben Colbert ran to MIA 12 for 2 yards. Tackle by 58-Jamie Davis.</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-15-MIA 18 (6:17) 43-Ruben Colbert ran to MIA 18 for a short gain. Tackle by 92-David Fisher.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-MIA 18 (5:44) 2-Thomas Daniels 36 yard field goal is GOOD. DAL 3 MIA 0</t>
   </si>
   <si>
     <t>#5 James Fried - QB</t>
   </si>
   <si>
     <t>#2 Thomas Daniels - K</t>
   </si>
   <si>
-    <t>#94 Jose Lewis - SLB</t>
+    <t>#98 Jose Lewis - SLB</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(5:42) 2-Thomas Daniels kicks 72 yards from DAL 35 to MIA -7. 45-Chris Harrington to MIA 29 for 35 yards. Tackle by 2-Thomas Daniels.</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>1-10-MIA 29 (5:36) 16-Christopher Eddington pass complete to 15-Peter Black to MIA 31 for 3 yards. Tackle by 36-Anthony Hardwick.</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
@@ -950,54 +950,54 @@
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-1-DAL 28 (12:23) 45-Chris Harrington ran to DAL 16 for 12 yards. Tackle by 24-Eric Lester. MIA 62-Theodore Clark was injured on the play. He looks like he should be able to return. DAL 77-Martin Roberts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>DAL 16</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>1-10-DAL 16 (11:38) 31-Jason Armstrong ran to DAL 18 for -3 yards. 31-Jason Armstrong FUMBLES (91-Alonzo Myers) recovered by MIA-81-Charles Fontenot at DAL 16. Tackle by 24-Eric Lester. DAL 95-Edward Ortiz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2-11-DAL 16 (10:55) 16-Christopher Eddington pass complete to 15-Peter Black to DAL 14 for 2 yards. Tackle by 36-Anthony Hardwick.</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
-[...2 lines deleted...]
-    <t>#96 William Cleveland - LDE</t>
+    <t>#56 Kevin Alder - C</t>
+  </si>
+  <si>
+    <t>#94 William Cleveland - LDE</t>
   </si>
   <si>
     <t>#41 Aaron Sheffield - FS</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>DAL 14</t>
   </si>
   <si>
     <t>3-8-DAL 14 (10:10) 31-Jason Armstrong ran to DAL 18 for -4 yards. Tackle by 91-Alonzo Myers.</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>4-12-DAL 18 (9:30) 5-David Moran 36 yard field goal is GOOD. DAL 3 MIA 3</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
@@ -1532,51 +1532,51 @@
   <si>
     <t>3-10-MIA 5 (0:31) 12-Harold Webb pass complete to 83-Robert Gomez to MIA 13 for 8 yards. Tackle by 90-David Duran. Nice job by 83-Robert Gomez on that route to lose his coverage.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>4-2-MIA 13 (15:00) 14-Paul Perez punts 44 yards to DAL 43. Fair Catch by 89-Rex Woods.</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>DAL 43</t>
   </si>
   <si>
     <t>1-10-DAL 43 (14:54) 14-James Fried sacked at DAL 33 for -10 yards (33-Kyle Chase). Sack allowed by 72-James Good.</t>
   </si>
   <si>
     <t>#86 Michael Young - WR</t>
   </si>
   <si>
     <t>#69 Tommy Arthur - RG</t>
   </si>
   <si>
-    <t>#64 Harrison Walters - RG</t>
+    <t>#68 Harrison Walters - LT</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DAL 33</t>
   </si>
   <si>
     <t>2-20-DAL 33 (14:16) 14-James Fried pass complete to 43-Ruben Colbert to DAL 40 for 7 yards. Tackle by 36-Ruben Lopez.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>DAL 40</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>3-12-DAL 40 (13:31) 14-James Fried pass incomplete, dropped by 10-Kenneth Nale. That was a dangerous pass.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>