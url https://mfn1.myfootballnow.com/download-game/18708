--- v1 (2026-01-10)
+++ v2 (2026-03-10)
@@ -437,105 +437,105 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-17-DAL 18 (13:47) 1-Arthur Riley pass complete to 21-Bobby Rosenberry to DAL 21 for 3 yards. Tackle by 29-Donald Hussain.</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>DAL 21</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-DAL 21 (13:11) 13-Dustin Christensen punts 49 yards to MIA 30. Fair Catch by 49-Douglas Harlan.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#66 Mark Lyons - LG</t>
   </si>
   <si>
     <t>#49 Douglas Harlan - RB</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
-    <t>#72 Donald Stjohn - LT</t>
+    <t>#53 Donald Stjohn - LT</t>
   </si>
   <si>
     <t>#20 Samuel Shrewsbury - FB</t>
   </si>
   <si>
     <t>#87 Charles Gremillion - TE</t>
   </si>
   <si>
     <t>#35 Charles McCord - RB</t>
   </si>
   <si>
     <t>#45 Ron Cribb - FB</t>
   </si>
   <si>
     <t>#23 Brian Brown - FS</t>
   </si>
   <si>
     <t>#30 Travis Hake - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 30 (13:05) 16-Christopher Eddington pass complete to 15-Peter Black to MIA 35 for 5 yards. Tackle by 24-Eric Lester.</t>
   </si>
   <si>
     <t>#9 Christopher Eddington - QB</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
-    <t>#18 Peter Black - WR</t>
+    <t>#6 Peter Black - WR</t>
   </si>
   <si>
     <t>#17 Dennis Morin - WR</t>
   </si>
   <si>
     <t>#85 Richard Martin - WR</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
     <t>#76 Derrick Brackett - RG</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
     <t>#73 William Hernandez - RG</t>
   </si>
   <si>
     <t>#78 Joseph Reay - LT</t>
   </si>
   <si>
     <t>#71 Martin Roberts - DT</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>2-10-DAL 49 (10:21) 1-Arthur Riley pass complete to 43-Ruben Colbert to MIA 41 for 10 yards. Tackle by 29-Donald Hussain. 43-Ruben Colbert did some fancy footwork there.</t>
   </si>
   <si>
     <t>#43 Ruben Colbert - WR</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>MIA 41</t>
   </si>
   <si>
     <t>1-10-MIA 41 (9:45) 1-Arthur Riley pass complete to 43-Ruben Colbert to MIA 35 for 7 yards. Tackle by 99-Ronnie Hale.</t>
   </si>
   <si>
     <t>#84 Willie Caro - WR</t>
   </si>
   <si>
     <t>#99 Ronnie Hale - SLB</t>
   </si>
   <si>
-    <t>#95 David Morgan - WLB</t>
+    <t>#46 David Morgan - SLB</t>
   </si>
   <si>
     <t>#39 James Robinson - CB</t>
   </si>
   <si>
     <t>#21 Charlie Smithers - FS</t>
   </si>
   <si>
     <t>#36 Ruben Lopez - SS</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>Timeout DAL</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>2-3-MIA 35 (9:09) 43-Ruben Colbert ran to MIA 25 for 9 yards. Tackle by 29-Donald Hussain.</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-1-DAL 28 (12:23) 45-Chris Harrington ran to DAL 16 for 12 yards. Tackle by 24-Eric Lester. MIA 62-Theodore Clark was injured on the play. He looks like he should be able to return. DAL 77-Martin Roberts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>DAL 16</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>1-10-DAL 16 (11:38) 31-Jason Armstrong ran to DAL 18 for -3 yards. 31-Jason Armstrong FUMBLES (91-Alonzo Myers) recovered by MIA-81-Charles Fontenot at DAL 16. Tackle by 24-Eric Lester. DAL 95-Edward Ortiz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2-11-DAL 16 (10:55) 16-Christopher Eddington pass complete to 15-Peter Black to DAL 14 for 2 yards. Tackle by 36-Anthony Hardwick.</t>
   </si>
   <si>
     <t>#56 Kevin Alder - C</t>
   </si>
   <si>
-    <t>#94 William Cleveland - LDE</t>
+    <t>#95 William Cleveland - DT</t>
   </si>
   <si>
     <t>#41 Aaron Sheffield - FS</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>DAL 14</t>
   </si>
   <si>
     <t>3-8-DAL 14 (10:10) 31-Jason Armstrong ran to DAL 18 for -4 yards. Tackle by 91-Alonzo Myers.</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>4-12-DAL 18 (9:30) 5-David Moran 36 yard field goal is GOOD. DAL 3 MIA 3</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
@@ -2199,98 +2199,98 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="370.338" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>