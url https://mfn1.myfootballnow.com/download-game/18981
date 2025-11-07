--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -308,78 +308,78 @@
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#97 Robert McCullough - DT</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
-    <t>#75 Larry Hawthorne - LDE</t>
+    <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
-    <t>#18 Robert Johnson - K</t>
+    <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 34-Kenneth McKay ran to NYN 33 for 8 yards. Tackle by 43-Charles Situ.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
-    <t>#11 Robert Patterson - WR</t>
+    <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 John Socha - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
@@ -389,54 +389,54 @@
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#92 Kenneth Fowler - FS</t>
   </si>
   <si>
     <t>#36 Bud Walton - SS</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
-    <t>#42 Ronald McDaniels - SS</t>
-[...2 lines deleted...]
-    <t>#31 Dennis Moore - FS</t>
+    <t>#33 Ronald McDaniels - SS</t>
+  </si>
+  <si>
+    <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-2-NYN 33 (14:20) 30-Troy Rivers ran to NYN 34 for 1 yards. Tackle by 92-Kenneth Fowler.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
@@ -467,132 +467,132 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NYN 31 (13:11) 2-Michael Frye punts 51 yards to HOU 17. Fair Catch by 88-Kyle Sloan.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#18 Jules Perri - WR</t>
   </si>
   <si>
     <t>#30 Joseph Deal - CB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>#57 Christopher Ream - WLB</t>
   </si>
   <si>
-    <t>#25 Marvin Kuhn - CB</t>
+    <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#21 David Ownby - CB</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>#96 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 17 (13:04) 13-Albert Ponce ran to HOU 22 for 5 yards. Tackle by 52-Angelo Sadler.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#40 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#49 Todd Koopman - FB</t>
   </si>
   <si>
     <t>#15 Alejandro Lopez - WR</t>
   </si>
   <si>
-    <t>#2 George Schmid - WR</t>
+    <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
-    <t>#74 Jason Gordon - C</t>
+    <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#51 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-HOU 22 (12:18) 5-Howard Ahmad pass complete to 88-Kyle Sloan to HOU 34 for 12 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#44 David Ambrose - FB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>3-13-HOU 46 (7:47) 5-Howard Ahmad pass complete to 35-James Ling to HOU 48 for 2 yards. Tackle by 22-Donald Lincoln.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>4-10-HOU 48 (7:02) 3-Jackie Davis punts 44 yards to NYN 8. Fair Catch by 30-Troy Rivers. NYN 52-Angelo Sadler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Jackie Davis - P</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>NYN 8</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-NYN 8 (6:56) 34-Kenneth McKay ran to NYN 6 for -2 yards. Tackle by 21-Christopher Sousa.</t>
   </si>
   <si>
-    <t>#89 William Gonzalez - WR</t>
+    <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>NYN 6</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>2-12-NYN 6 (6:23) 15-Craig Moore pass complete to 16-Charles Best to NYN 12 for 6 yards. Tackle by 43-Charles Situ.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>NYN 12</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>