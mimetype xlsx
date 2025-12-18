--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -356,51 +356,51 @@
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#92 Kenneth Fowler - FS</t>
   </si>
   <si>
     <t>#36 Bud Walton - SS</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>