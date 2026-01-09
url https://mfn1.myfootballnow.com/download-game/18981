--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -299,180 +299,180 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#76 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 34-Kenneth McKay ran to NYN 33 for 8 yards. Tackle by 43-Charles Situ.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#92 Kenneth Fowler - FS</t>
   </si>
   <si>
     <t>#36 Bud Walton - SS</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-2-NYN 33 (14:20) 30-Troy Rivers ran to NYN 34 for 1 yards. Tackle by 92-Kenneth Fowler.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>NYN 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-1-NYN 34 (13:48) (Hot Read) 15-Craig Moore pass complete to 13-Robert Patterson to NYN 31 for -3 yards. Tackle by 44-Richard Smith. Pressure by 90-Marion Chatterton. NYN 61-John Socha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#25 Jay Carney - CB</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NYN 31 (13:11) 2-Michael Frye punts 51 yards to HOU 17. Fair Catch by 88-Kyle Sloan.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>#96 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 17 (13:04) 13-Albert Ponce ran to HOU 22 for 5 yards. Tackle by 52-Angelo Sadler.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
-    <t>#40 Albert Ponce - RB</t>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#49 Todd Koopman - FB</t>
   </si>
   <si>
     <t>#15 Alejandro Lopez - WR</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-HOU 22 (12:18) 5-Howard Ahmad pass complete to 88-Kyle Sloan to HOU 34 for 12 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 34 (11:39) 5-Howard Ahmad pass complete to 80-Hipolito Ramirez to HOU 37 for 3 yards. Tackle by 29-Vincent Hillery.</t>
   </si>
   <si>
     <t>#29 James Ling - FB</t>
   </si>
   <si>
     <t>#68 Adrian Orr - RT</t>
   </si>
@@ -2160,100 +2160,100 @@
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="299.498" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">