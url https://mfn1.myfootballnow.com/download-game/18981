--- v3 (2026-01-09)
+++ v4 (2026-02-04)
@@ -485,51 +485,51 @@
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>#57 Christopher Ream - WLB</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#21 David Ownby - CB</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 17 (13:04) 13-Albert Ponce ran to HOU 22 for 5 yards. Tackle by 52-Angelo Sadler.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#49 Todd Koopman - FB</t>
   </si>