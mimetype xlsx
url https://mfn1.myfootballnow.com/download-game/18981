--- v4 (2026-02-04)
+++ v5 (2026-03-09)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-5-HOU 22 (12:18) 5-Howard Ahmad pass complete to 88-Kyle Sloan to HOU 34 for 12 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
@@ -1223,51 +1223,51 @@
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-8-NYN 44 (0:11) 15-Craig Moore pass Pass knocked down by 30-Joseph Deal. incomplete, intended for 86-Jason Roth.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>3-8-NYN 44 (0:07) 15-Craig Moore pass Pass knocked down by 44-Richard Smith. incomplete, intended for 86-Jason Roth.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>4-8-NYN 44 (0:04) 2-Michael Frye punts 48 yards to HOU 8. 88-Kyle Sloan to HOU 11 for 3 yards. Tackle by 53-Mark Coleman. PENALTY - Holding (NYN 29-Vincent Hillery) (Declined)</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Jonathan McCord kicks 72 yards from NYN 35 to HOU -7. Touchback.</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 5-Howard Ahmad pass complete to 11-Jules Perri to HOU 34 for 9 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>2-1-HOU 34 (14:24) 13-Albert Ponce ran to HOU 34 for 1 yards. Tackle by 94-John Herzog. NYN 41-James Nielsen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>3-1-HOU 34 (13:44) 5-Howard Ahmad sacked at HOU 25 for -10 yards (95-Mark Gothard). Sack allowed by 71-David Dillard.</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>4-10-HOU 25 (13:04) 3-Jackie Davis punts 48 yards to NYN 27. 30-Troy Rivers to NYN 34 for 8 yards. Tackle by 58-Jimmie Heacock.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>