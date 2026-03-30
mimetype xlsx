--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
-    <t>#64 Robert McCullough - LDE</t>
+    <t>#56 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#96 George Coldiron - SLB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -362,75 +362,75 @@
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#81 David James - WR</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#69 Adam Frost - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
-    <t>#95 Richard Chapin - RDE</t>
-[...2 lines deleted...]
-    <t>#99 George Ellis - DT</t>
+    <t>#62 Richard Chapin - RDE</t>
+  </si>
+  <si>
+    <t>#71 George Ellis - DT</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#92 Kenneth Fowler - FS</t>
   </si>
   <si>
     <t>#36 Bud Walton - SS</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
-    <t>#21 Charles Situ - CB</t>
+    <t>#21 Charles Situ - FS</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-2-NYN 33 (14:20) 30-Troy Rivers ran to NYN 34 for 1 yards. Tackle by 92-Kenneth Fowler.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#49 Todd Koopman - FB</t>
   </si>
   <si>
     <t>#15 Alejandro Lopez - WR</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#71 David Dillard - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
-    <t>#53 Jason Gordon - C</t>
+    <t>#53 Jason Gordon - RG</t>
   </si>
   <si>
     <t>#69 William Jackson - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
@@ -1181,51 +1181,51 @@
   <si>
     <t>HOU 10</t>
   </si>
   <si>
     <t>3-1-HOU 10 (0:27) 5-Howard Ahmad pass incomplete, intended for 86-Charles Hicks.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>4-1-HOU 10 (0:25) 3-Jackie Davis punts 48 yards to NYN 42. Fair Catch by 30-Troy Rivers.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>NYN 42</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-NYN 42 (0:18) (Hot Read) 15-Craig Moore pass complete to 34-Kenneth McKay to NYN 44 for 2 yards. Tackle by 97-Willie Nauman. Pressure by 44-Richard Smith.</t>
   </si>
   <si>
-    <t>#64 James Walden - RG</t>
+    <t>#73 James Walden - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>Timeout NYN</t>
   </si>
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-8-NYN 44 (0:11) 15-Craig Moore pass Pass knocked down by 30-Joseph Deal. incomplete, intended for 86-Jason Roth.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>