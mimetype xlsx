--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -290,75 +290,75 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 74 yards from HOU 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - TE</t>
+    <t>#80 Justin Whitley - FB</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#13 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
-    <t>#18 Robert Johnson - K</t>
+    <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 4-Sang Wilson sacked at CLE 17 for -8 yards (24-Kenneth Tomasini)</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
@@ -368,105 +368,105 @@
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#60 Lawrence Conrad - RDE</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
     <t>#55 Willie Banas - MLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
-    <t>#37 Sean Edmonds - CB</t>
-[...2 lines deleted...]
-    <t>#42 Ronald McDaniels - SS</t>
+    <t>#24 Sean Edmonds - CB</t>
+  </si>
+  <si>
+    <t>#33 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CLE 17</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-18-CLE 17 (14:21) 4-Sang Wilson pass complete to 81-Jeffrey Castillo to CLE 26 for 9 yards. Tackle by 55-Willie Banas. 81-Jeffrey Castillo did some fancy footwork there.</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Timeout CLE</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-9-CLE 26 (13:50) 4-Sang Wilson pass Pass knocked down by 93-James Ramirez. incomplete, intended for 46-Lester Coltrane.</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
-    <t>#39 Charles Wells - CB</t>
+    <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-CLE 26 (13:46) 16-Adrian Dill punts 50 yards to HOU 24. Fair Catch by 88-Kyle Sloan.</t>
   </si>
   <si>
     <t>#11 Adrian Dill - P</t>
   </si>
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#25 Jay Carney - CB</t>
   </si>
@@ -503,114 +503,114 @@
   <si>
     <t>1-10-HOU 24 (13:40) 48-Eugene Andersen ran to HOU 31 for 8 yards. Tackle by 24-Peter Mills.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#40 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#86 Charles Hicks - WR</t>
   </si>
   <si>
     <t>#33 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
-    <t>#74 Jason Gordon - C</t>
-[...2 lines deleted...]
-    <t>#67 Lyndon Drake - RG</t>
+    <t>#53 Jason Gordon - C</t>
+  </si>
+  <si>
+    <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
-    <t>#90 Dale Benson - MLB</t>
+    <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#41 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
-    <t>#28 David Griffin - SS</t>
+    <t>#28 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-2-HOU 31 (13:00) 23-Todd Ayers ran to HOU 34 for 2 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
     <t>#17 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#82 Hipolito Ramirez - TE</t>
   </si>
   <si>
-    <t>#2 George Schmid - WR</t>
+    <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 34 (12:19) 5-Howard Ahmad pass complete to 82-Raul King to CLE 22 for 45 yards. Pushed out of bounds by 42-Charles Wotring.</t>
   </si>
   <si>
     <t>#44 David Ambrose - FB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>HOU 40</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HOU 40 (6:05) 4-Sang Wilson pass complete to 81-Jeffrey Castillo to HOU 27 for 12 yards. Tackle by 22-Ronald McDaniels. 81-Jeffrey Castillo made a great move on the CB.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>HOU 27</t>
   </si>
   <si>
     <t>Strong I Big HB Swing</t>
   </si>
   <si>
     <t>1-10-HOU 27 (5:25) 4-Sang Wilson pass complete to 81-Jeffrey Castillo to HOU 24 for 3 yards. Tackle by 40-Terence Thompson. PENALTY - Offsides (HOU 94-Richard Chapin)</t>
   </si>
   <si>
-    <t>#31 Dennis Moore - FS</t>
+    <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>1-5-HOU 22 (5:22) 4-Sang Wilson pass Pass knocked down by 25-Jay Carney. incomplete, intended for 80-Justin Whitley. Pressure by 93-James Ramirez.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>2-5-HOU 22 (5:19) 46-Lester Coltrane ran to HOU 19 for 3 yards. Tackle by 24-Kenneth Tomasini.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
@@ -851,51 +851,51 @@
   <si>
     <t>4:06</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>(4:07) 15-Timothy Magee kicks 71 yards from CLE 35 to HOU -6. 88-Kyle Sloan to HOU 18 for 25 yards. Tackle by 44-Kenneth Clark. CLE 24-Peter Mills was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 18 (4:03) 48-Eugene Andersen ran to HOU 17 for -1 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
-    <t>#52 Harvey Gill - DT</t>
+    <t>#95 Harvey Gill - DT</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-11-HOU 17 (3:29) 5-Howard Ahmad pass complete to 86-Charles Hicks to HOU 20 for 3 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>3-8-HOU 20 (2:56) 2-George Schmid ran to HOU 23 for 2 yards. Tackle by 76-John Gann.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>