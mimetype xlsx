--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -290,51 +290,51 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 74 yards from HOU 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#61 Justin Whitley - C</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#13 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
@@ -368,54 +368,54 @@
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#60 Lawrence Conrad - RDE</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
     <t>#55 Willie Banas - MLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
-    <t>#24 Sean Edmonds - CB</t>
-[...2 lines deleted...]
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#24 Sean Edmonds - FS</t>
+  </si>
+  <si>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CLE 17</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-18-CLE 17 (14:21) 4-Sang Wilson pass complete to 81-Jeffrey Castillo to CLE 26 for 9 yards. Tackle by 55-Willie Banas. 81-Jeffrey Castillo did some fancy footwork there.</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
@@ -464,171 +464,171 @@
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#25 Jay Carney - CB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>#28 Bradley Medina - RB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
-    <t>#66 Ryan Pak - LG</t>
+    <t>#61 Ryan Pak - LG</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 24 (13:40) 48-Eugene Andersen ran to HOU 31 for 8 yards. Tackle by 24-Peter Mills.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#86 Charles Hicks - WR</t>
   </si>
   <si>
     <t>#33 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
-    <t>#28 David Griffin - FS</t>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-2-HOU 31 (13:00) 23-Todd Ayers ran to HOU 34 for 2 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#82 Hipolito Ramirez - TE</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 34 (12:19) 5-Howard Ahmad pass complete to 82-Raul King to CLE 22 for 45 yards. Pushed out of bounds by 42-Charles Wotring.</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CLE 22 (11:37) 48-Eugene Andersen ran to CLE 15 for 7 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>#68 Adrian Orr - RT</t>
   </si>
   <si>
     <t>#76 Vincent Mendez - RG</t>
   </si>
   <si>
     <t>#70 Emil Demoss - DT</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#44 Kenneth Clark - SS</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-3-CLE 15 (10:58) 23-Todd Ayers ran to CLE 16 for -2 yards. Tackle by 76-John Gann. 68-Adrian Orr was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>CLE 16</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-CLE 16 (10:24) 5-Howard Ahmad pass Pass knocked down by 36-Malcom Brown. incomplete, intended for 80-Hipolito Ramirez. CLE 98-Michael Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
@@ -1067,51 +1067,51 @@
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>3-3-HOU 20 (10:48) 5-Howard Ahmad pass complete to 2-George Schmid to HOU 31 for 11 yards. Tackle by 42-Charles Wotring. HOU 86-Charles Hicks was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>1-10-HOU 31 (10:07) 5-Howard Ahmad pass complete to 82-Raul King to CLE 26 for 42 yards. Tackle by 42-Charles Wotring. 42-Charles Wotring got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-CLE 26 (9:28) 5-Howard Ahmad pass complete to 80-Hipolito Ramirez to CLE 24 for 2 yards. Tackle by 40-Justin Mizell.</t>
   </si>
   <si>
-    <t>#40 Albert Ponce - RB</t>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>8:47</t>
   </si>
   <si>
     <t>CLE 24</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>2-8-CLE 24 (8:46) 5-Howard Ahmad pass complete to 19-Joseph Jones to CLE 23 for 2 yards. Tackle by 42-Charles Wotring.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>CLE 23</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>3-6-CLE 23 (8:10) 5-Howard Ahmad pass complete to 23-Todd Ayers for 23 yards. TOUCHDOWN! HOU 16 CLE 3</t>
   </si>
@@ -2263,51 +2263,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="342.059" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>