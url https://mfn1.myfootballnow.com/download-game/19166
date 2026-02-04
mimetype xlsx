--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -290,69 +290,69 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 74 yards from HOU 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
-    <t>#61 Justin Whitley - C</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 4-Sang Wilson sacked at CLE 17 for -8 yards (24-Kenneth Tomasini)</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 24 (13:40) 48-Eugene Andersen ran to HOU 31 for 8 yards. Tackle by 24-Peter Mills.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#86 Charles Hicks - WR</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
@@ -851,51 +851,51 @@
   <si>
     <t>4:06</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>(4:07) 15-Timothy Magee kicks 71 yards from CLE 35 to HOU -6. 88-Kyle Sloan to HOU 18 for 25 yards. Tackle by 44-Kenneth Clark. CLE 24-Peter Mills was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 18 (4:03) 48-Eugene Andersen ran to HOU 17 for -1 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-11-HOU 17 (3:29) 5-Howard Ahmad pass complete to 86-Charles Hicks to HOU 20 for 3 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>3-8-HOU 20 (2:56) 2-George Schmid ran to HOU 23 for 2 yards. Tackle by 76-John Gann.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>