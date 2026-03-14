--- v3 (2026-02-04)
+++ v4 (2026-03-14)
@@ -293,117 +293,117 @@
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 74 yards from HOU 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>#29 Lloyd Barber - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#80 Justin Whitley - C</t>
   </si>
   <si>
-    <t>#74 Harry Brown - LG</t>
+    <t>#65 Harry Brown - LG</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
-    <t>#52 Foster Wyatt - LT</t>
+    <t>#68 Foster Wyatt - RG</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 4-Sang Wilson sacked at CLE 17 for -8 yards (24-Kenneth Tomasini)</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
-    <t>#92 Eli Johnson - LDE</t>
+    <t>#64 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#60 Lawrence Conrad - RDE</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
-    <t>#55 Willie Banas - MLB</t>
+    <t>#54 Willie Banas - MLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CLE 17</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Timeout CLE</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-9-CLE 26 (13:50) 4-Sang Wilson pass Pass knocked down by 93-James Ramirez. incomplete, intended for 46-Lester Coltrane.</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
-    <t>#50 James Ramirez - MLB</t>
+    <t>#43 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-CLE 26 (13:46) 16-Adrian Dill punts 50 yards to HOU 24. Fair Catch by 88-Kyle Sloan.</t>
   </si>
   <si>
     <t>#11 Adrian Dill - P</t>
   </si>
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
@@ -491,87 +491,87 @@
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 24 (13:40) 48-Eugene Andersen ran to HOU 31 for 8 yards. Tackle by 24-Peter Mills.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#86 Charles Hicks - WR</t>
   </si>
   <si>
-    <t>#22 Robert Sterling - RB</t>
+    <t>#29 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#72 Michael Young - DT</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
-    <t>#37 Shane Jamison - MLB</t>
+    <t>#95 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CLE 22 (11:37) 48-Eugene Andersen ran to CLE 15 for 7 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>#68 Adrian Orr - RT</t>
   </si>
   <si>
     <t>#76 Vincent Mendez - RG</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#44 Kenneth Clark - SS</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>