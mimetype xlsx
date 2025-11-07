--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -314,198 +314,198 @@
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
-    <t>#18 Robert Johnson - K</t>
+    <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 86-Jason Roth to NYN 44 for 19 yards. Tackle by 22-Ronald McDaniels. 51-Luis Bonds got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
-    <t>#88 Larry Santos - WR</t>
+    <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RG</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
     <t>#55 Willie Banas - MLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
-    <t>#42 Ronald McDaniels - SS</t>
+    <t>#33 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NYN 44 (14:16) 30-Troy Rivers ran to HOU 50 for 6 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#87 Jasper Noonan - TE</t>
   </si>
   <si>
     <t>#19 Ronald Kennamer - WR</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
-    <t>#39 Charles Wells - CB</t>
+    <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-4-HOU 50 (13:36) 27-Adam Dawson ran to HOU 49 for a short gain. Tackle by 58-Jimmie Heacock.</t>
   </si>
   <si>
     <t>#27 Adam Dawson - RB</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
-    <t>#71 Bobby Watkins - LT</t>
+    <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
-    <t>#37 Sean Edmonds - CB</t>
+    <t>#24 Sean Edmonds - CB</t>
   </si>
   <si>
     <t>#48 Michael Monroe - CB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-3-HOU 49 (12:58) 18-Melvin Hafley ran to HOU 42 for 8 yards. Tackle by 90-Marion Chatterton.</t>
   </si>
   <si>
     <t>#98 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
@@ -635,108 +635,108 @@
   <si>
     <t>#40 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#16 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#44 David Ambrose - FB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#33 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#79 Kevin Blank - C</t>
   </si>
   <si>
-    <t>#67 Lyndon Drake - RG</t>
+    <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
-    <t>#75 Larry Hawthorne - LDE</t>
+    <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#51 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-18-HOU 17 (9:06) 13-Albert Ponce ran to HOU 18 for 2 yards. Tackle by 57-Henry Clark.</t>
   </si>
   <si>
     <t>#40 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#82 Hipolito Ramirez - TE</t>
   </si>
   <si>
-    <t>#2 George Schmid - WR</t>
+    <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>3-17-HOU 18 (8:26) 5-Howard Ahmad pass incomplete, intended for 2-George Schmid.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-17-HOU 18 (8:23) 3-Jackie Davis punts 44 yards to NYN 38. Fair Catch by 30-Troy Rivers. PENALTY - Holding (HOU 61-Kevin Blank) (Declined)</t>
   </si>
   <si>
     <t>#6 Jackie Davis - P</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-10-HOU 28 (5:27) 13-Albert Ponce ran to HOU 37 for 9 yards. Tackle by 31-Francisco Bradley. HOU 57-Allen Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:50</t>
   </si>
   <si>
     <t>HOU 37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-1-HOU 37 (4:49) 36-Edward Samuel ran to HOU 40 for 3 yards. Tackle by 59-Steven Jung.</t>
   </si>
   <si>
-    <t>#63 Edward Collins - RT</t>
+    <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>HOU 40</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>1-10-HOU 40 (4:13) 5-Howard Ahmad pass complete to 48-Eugene Andersen to HOU 41 for 1 yards. Tackle by 57-Henry Clark.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-9-HOU 41 (3:36) 5-Howard Ahmad pass complete to 87-David Ambrose to HOU 46 for 5 yards. Tackle by 22-Donald Lincoln.</t>
   </si>