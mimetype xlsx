--- v1 (2025-11-07)
+++ v2 (2025-12-14)
@@ -356,51 +356,51 @@
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
     <t>#55 Willie Banas - MLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>