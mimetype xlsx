--- v2 (2025-12-14)
+++ v3 (2026-01-09)
@@ -287,51 +287,51 @@
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 70 yards from HOU 35 to NYN -5. Touchback.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#76 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
@@ -341,99 +341,99 @@
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 86-Jason Roth to NYN 44 for 19 yards. Tackle by 22-Ronald McDaniels. 51-Luis Bonds got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
     <t>#55 Willie Banas - MLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NYN 44 (14:16) 30-Troy Rivers ran to HOU 50 for 6 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#87 Jasper Noonan - TE</t>
   </si>
@@ -461,72 +461,72 @@
   <si>
     <t>2-4-HOU 50 (13:36) 27-Adam Dawson ran to HOU 49 for a short gain. Tackle by 58-Jimmie Heacock.</t>
   </si>
   <si>
     <t>#27 Adam Dawson - RB</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
-    <t>#24 Sean Edmonds - CB</t>
-[...2 lines deleted...]
-    <t>#48 Michael Monroe - CB</t>
+    <t>#24 Sean Edmonds - FS</t>
+  </si>
+  <si>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-3-HOU 49 (12:58) 18-Melvin Hafley ran to HOU 42 for 8 yards. Tackle by 90-Marion Chatterton.</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>HOU 42</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-HOU 42 (12:15) (Hot Read) 15-Craig Moore pass complete to 34-Kenneth McKay to HOU 44 for -2 yards. Tackle by 7-Paul Thompson. Pressure by 7-Paul Thompson.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -611,57 +611,57 @@
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#28 Bradley Medina - RB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (9:40) 5-Howard Ahmad sacked at HOU 17 for -8 yards (75-Larry Hawthorne). Sack allowed by 19-Joseph Jones.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
-[...5 lines deleted...]
-    <t>#44 David Ambrose - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
+  </si>
+  <si>
+    <t>#82 Joseph Jones - WR</t>
+  </si>
+  <si>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
     <t>#33 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#79 Kevin Blank - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-18-HOU 17 (9:06) 13-Albert Ponce ran to HOU 18 for 2 yards. Tackle by 57-Henry Clark.</t>
   </si>
   <si>
-    <t>#40 Albert Ponce - RB</t>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#82 Hipolito Ramirez - TE</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>3-17-HOU 18 (8:26) 5-Howard Ahmad pass incomplete, intended for 2-George Schmid.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -2127,98 +2127,98 @@
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="403.33" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>