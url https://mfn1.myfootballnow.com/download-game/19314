--- v3 (2026-01-09)
+++ v4 (2026-02-16)
@@ -413,51 +413,51 @@
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NYN 44 (14:16) 30-Troy Rivers ran to HOU 50 for 6 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
-    <t>#87 Jasper Noonan - TE</t>
+    <t>#34 Jasper Noonan - FB</t>
   </si>
   <si>
     <t>#19 Ronald Kennamer - WR</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-4-HOU 50 (13:36) 27-Adam Dawson ran to HOU 49 for a short gain. Tackle by 58-Jimmie Heacock.</t>
   </si>
@@ -623,81 +623,81 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (9:40) 5-Howard Ahmad sacked at HOU 17 for -8 yards (75-Larry Hawthorne). Sack allowed by 19-Joseph Jones.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#79 Kevin Blank - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#57 Henry Clark - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>