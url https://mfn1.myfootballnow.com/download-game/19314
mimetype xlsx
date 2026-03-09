--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -287,51 +287,51 @@
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 70 yards from HOU 35 to NYN -5. Touchback.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
     <t>#55 Willie Banas - MLB</t>
   </si>
   <si>
-    <t>#50 James Ramirez - MLB</t>
+    <t>#43 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NYN 44 (14:16) 30-Troy Rivers ran to HOU 50 for 6 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-10-HOU 24 (9:44) 15-Craig Moore pass complete to 18-Melvin Hafley for 24 yards. TOUCHDOWN! NYN 6 HOU 0</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:40) Extra point GOOD by 3-Jonathan McCord. NYN 7 HOU 0</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#66 Christopher Cruz - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(9:40) 3-Jonathan McCord kicks 70 yards from NYN 35 to HOU -5. Touchback.</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#28 Bradley Medina - RB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>