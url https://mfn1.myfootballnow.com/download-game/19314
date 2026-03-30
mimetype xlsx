--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -287,51 +287,51 @@
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 70 yards from HOU 35 to NYN -5. Touchback.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
-    <t>#64 Robert McCullough - LDE</t>
+    <t>#56 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#32 Kenneth Hobbs - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
@@ -344,90 +344,90 @@
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 15-Craig Moore pass complete to 86-Jason Roth to NYN 44 for 19 yards. Tackle by 22-Ronald McDaniels. 51-Luis Bonds got away with a hold on that play.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
-    <t>#17 Brandon Saldana - WR</t>
+    <t>#10 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
-    <t>#92 Eli Johnson - LDE</t>
-[...2 lines deleted...]
-    <t>#99 George Ellis - DT</t>
+    <t>#64 Eli Johnson - LDE</t>
+  </si>
+  <si>
+    <t>#71 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#57 Luis Bonds - MLB</t>
   </si>
   <si>
-    <t>#55 Willie Banas - MLB</t>
+    <t>#54 Willie Banas - WLB</t>
   </si>
   <si>
     <t>#43 James Ramirez - MLB</t>
   </si>
   <si>
-    <t>#21 Charles Situ - CB</t>
+    <t>#21 Charles Situ - FS</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NYN 44 (14:16) 30-Troy Rivers ran to HOU 50 for 6 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-4-HOU 50 (13:36) 27-Adam Dawson ran to HOU 49 for a short gain. Tackle by 58-Jimmie Heacock.</t>
   </si>
   <si>
     <t>#27 Adam Dawson - RB</t>
   </si>
   <si>
     <t>#18 Melvin Hafley - WR</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
-    <t>#95 Richard Chapin - RDE</t>
+    <t>#62 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#58 Jimmie Heacock - WLB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -572,102 +572,102 @@
   <si>
     <t>3-10-HOU 24 (9:44) 15-Craig Moore pass complete to 18-Melvin Hafley for 24 yards. TOUCHDOWN! NYN 6 HOU 0</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:40) Extra point GOOD by 3-Jonathan McCord. NYN 7 HOU 0</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
-    <t>#66 Christopher Cruz - RG</t>
+    <t>#66 Christopher Cruz - LG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(9:40) 3-Jonathan McCord kicks 70 yards from NYN 35 to HOU -5. Touchback.</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#28 Bradley Medina - RB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (9:40) 5-Howard Ahmad sacked at HOU 17 for -8 yards (75-Larry Hawthorne). Sack allowed by 19-Joseph Jones.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#82 Raul King - WR</t>
   </si>
   <si>
-    <t>#22 Robert Sterling - RB</t>
+    <t>#29 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#71 Marion Vincent - RG</t>
   </si>
   <si>
     <t>#79 Kevin Blank - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>