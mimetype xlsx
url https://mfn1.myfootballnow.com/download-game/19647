--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -344,96 +344,96 @@
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 30 for 5 yards. Tackle by 37-Shane Jamison. NYN 61-John Socha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
-    <t>#88 Larry Santos - WR</t>
+    <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#75 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#41 Charles Wotring - FS</t>
   </si>
   <si>
-    <t>#28 David Griffin - SS</t>
+    <t>#28 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-5-NYN 30 (14:18) 34-Kenneth McKay ran to NYN 34 for 5 yards. Tackle by 96-Donald Ibrahim. NYN 34-Kenneth McKay was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#87 Jasper Noonan - TE</t>
   </si>
@@ -512,90 +512,90 @@
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 31 (12:55) 35-Ryan Sanchez ran to CLE 35 for 4 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#35 Ryan Sanchez - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - TE</t>
+    <t>#80 Justin Whitley - FB</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#51 Angelo Sadler - MLB</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>2-6-CLE 35 (12:19) 4-Sang Wilson pass complete to 83-Roy Larios to NYN 48 for 16 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>CLE 50</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-CLE 50 (10:53) 4-Sang Wilson pass complete to 46-Lester Coltrane to NYN 40 for 10 yards. Tackle by 24-Andre Bolden. Pressure by 97-Robert McCullough.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>3-2-NYN 40 (10:07) 4-Sang Wilson pass incomplete, intended for 89-William White. CLE 33-Carl Bennett was injured on the play. He looks like he should be able to return. CLE 63-Clark Gonzalez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#75 Larry Hawthorne - LDE</t>
+    <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-2-NYN 40 (10:05) 35-Ryan Sanchez ran to NYN 30 for 10 yards. Tackle by 39-Ryan Lane.</t>
   </si>
   <si>
     <t>#66 Ryan Pak - LG</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 30 (9:21) 4-Sang Wilson pass complete to 22-James Peterson to NYN 19 for 11 yards. Tackle by 55-Dennis Goodman.</t>
   </si>