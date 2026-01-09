--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -308,132 +308,132 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#76 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 30 for 5 yards. Tackle by 37-Shane Jamison. NYN 61-John Socha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#75 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
-[...2 lines deleted...]
-    <t>#28 David Griffin - FS</t>
+    <t>#6 Charles Wotring - FS</t>
+  </si>
+  <si>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-5-NYN 30 (14:18) 34-Kenneth McKay ran to NYN 34 for 5 yards. Tackle by 96-Donald Ibrahim. NYN 34-Kenneth McKay was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#87 Jasper Noonan - TE</t>
   </si>
@@ -479,84 +479,84 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYN 33 (13:04) 2-Michael Frye punts 47 yards to CLE 20. 86-Adam Cate to CLE 31 for 11 yards. Tackle by 87-Jasper Noonan.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#13 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
-    <t>#89 William White - WR</t>
+    <t>#19 William White - WR</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 31 (12:55) 35-Ryan Sanchez ran to CLE 35 for 4 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#35 Ryan Sanchez - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#61 Justin Whitley - C</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>3-2-NYN 40 (10:07) 4-Sang Wilson pass incomplete, intended for 89-William White. CLE 33-Carl Bennett was injured on the play. He looks like he should be able to return. CLE 63-Clark Gonzalez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-2-NYN 40 (10:05) 35-Ryan Sanchez ran to NYN 30 for 10 yards. Tackle by 39-Ryan Lane.</t>
   </si>
   <si>
-    <t>#66 Ryan Pak - LG</t>
+    <t>#61 Ryan Pak - LG</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 30 (9:21) 4-Sang Wilson pass complete to 22-James Peterson to NYN 19 for 11 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>#22 James Peterson - RB</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>NYN 19</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -1661,51 +1661,51 @@
   <si>
     <t>1-10-CLE 21 (14:51) 4-Sang Wilson pass complete to 89-William White to CLE 35 for 14 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>1-10-CLE 35 (14:13) 4-Sang Wilson sacked at CLE 30 for -5 yards (94-John Herzog). Sack allowed by 52-Foster Wyatt.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>2-15-CLE 30 (13:31) 4-Sang Wilson pass complete to 46-Lester Coltrane to CLE 44 for 14 yards. Tackle by 29-Vincent Hillery.</t>
   </si>
   <si>
     <t>3-1-CLE 44 (12:50) 4-Sang Wilson pass complete to 80-Justin Whitley to NYN 44 for 12 yards. Tackle by 22-Donald Lincoln. Nice job by 80-Justin Whitley on that route to lose his coverage.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>1-10-NYN 44 (12:04) 35-Ryan Sanchez ran to NYN 42 for 2 yards. Tackle by 96-William Garcia.</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>NYN 42</t>
   </si>
   <si>
     <t>2-8-NYN 42 (11:31) 35-Ryan Sanchez ran to NYN 38 for 4 yards. Tackle by 29-Vincent Hillery.</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>3-4-NYN 38 (10:56) 22-James Peterson ran to NYN 37 for 1 yards. Tackle by 53-Mark Coleman. PENALTY - Facemask (NYN 53-Mark Coleman)</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>1-10-NYN 22 (10:53) 4-Sang Wilson pass Pass knocked down by 22-Donald Lincoln. incomplete, intended for 89-William White. 22-Donald Lincoln got away with a hold on that play.</t>
   </si>
   <si>
     <t>2-10-NYN 22 (10:50) 4-Sang Wilson sacked at NYN 31 for -8 yards (94-John Herzog). Sack allowed by 55-Steven Booker.</t>
   </si>
@@ -2307,100 +2307,100 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="331.348" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">