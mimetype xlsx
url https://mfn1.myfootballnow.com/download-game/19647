--- v2 (2026-01-09)
+++ v3 (2026-02-16)
@@ -362,237 +362,237 @@
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-5-NYN 30 (14:18) 34-Kenneth McKay ran to NYN 34 for 5 yards. Tackle by 96-Donald Ibrahim. NYN 34-Kenneth McKay was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
-    <t>#87 Jasper Noonan - TE</t>
+    <t>#34 Jasper Noonan - FB</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#73 Martin Hodges - RG</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#44 Kenneth Clark - SS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>NYN 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-1-NYN 34 (13:39) 35-Vicente Degnan ran to NYN 33 for -2 yards. Tackle by 58-Steven Hale.</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>NYN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYN 33 (13:04) 2-Michael Frye punts 47 yards to CLE 20. 86-Adam Cate to CLE 31 for 11 yards. Tackle by 87-Jasper Noonan.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#19 William White - WR</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 31 (12:55) 35-Ryan Sanchez ran to CLE 35 for 4 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#35 Ryan Sanchez - FB</t>
   </si>
   <si>
-    <t>#61 Justin Whitley - C</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>2-6-CLE 35 (12:19) 4-Sang Wilson pass complete to 83-Roy Larios to NYN 48 for 16 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
@@ -887,51 +887,51 @@
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-NYN 25 (3:46) 15-Craig Moore pass complete to 86-Jason Roth to NYN 31 for 6 yards. Tackle by 42-Charles Wotring.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>3-4-NYN 31 (3:03) 34-Kenneth McKay ran to NYN 38 for 8 yards. Tackle by 44-Kenneth Clark.</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>1-10-NYN 38 (2:26) 36-Christopher Fry ran to NYN 45 for 6 yards. Tackle by 96-Donald Ibrahim.</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>NYN 45</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-4-NYN 45 (1:42) 15-Craig Moore pass complete to 35-Vicente Degnan to NYN 46 for 1 yards. Tackle by 54-Lawrence Stevens.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>