--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -308,51 +308,51 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 30 for 5 yards. Tackle by 37-Shane Jamison. NYN 61-John Socha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NYN 33 (13:04) 2-Michael Frye punts 47 yards to CLE 20. 86-Adam Cate to CLE 31 for 11 yards. Tackle by 87-Jasper Noonan.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
-    <t>#19 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CLE 31 (12:55) 35-Ryan Sanchez ran to CLE 35 for 4 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
@@ -1346,51 +1346,51 @@
   <si>
     <t>1-10-CLE 44 (0:36) 4-Sang Wilson pass complete to 13-Stephen Kotter to CLE 50 for 6 yards. Tackle by 41-James Nielsen. NYN 59-Steven Jung was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>2-4-CLE 50 (0:30) 4-Sang Wilson pass INTERCEPTED by 22-Donald Lincoln at NYN 34. 22-Donald Lincoln to NYN 34 for -0 yards. Tackle by 83-Roy Larios. Pressure by 55-Dennis Goodman. NYN 95-Mark Gothard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1-10-NYN 34 (0:24) 35-Vicente Degnan ran to NYN 35 for 1 yards. Tackle by 58-Steven Hale.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(15:00) 3-Jonathan McCord kicks 74 yards from NYN 35 to CLE -9. Touchback.</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 46-Lester Coltrane ran to CLE 26 for 1 yards. Tackle by 41-James Nielsen.</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-9-CLE 26 (14:22) 46-Lester Coltrane ran to CLE 31 for 5 yards. Tackle by 41-James Nielsen.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>