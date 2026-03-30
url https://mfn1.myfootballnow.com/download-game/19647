--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -308,123 +308,123 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
-    <t>#64 Robert McCullough - LDE</t>
+    <t>#56 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 30 for 5 yards. Tackle by 37-Shane Jamison. NYN 61-John Socha was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Craig Moore - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
-    <t>#17 Brandon Saldana - WR</t>
+    <t>#10 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
-    <t>#50 John Landry - DT</t>
+    <t>#60 John Landry - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#96 Donald Ibrahim - SLB</t>
   </si>
   <si>
     <t>#59 Steven Hale - WLB</t>
   </si>
   <si>
-    <t>#37 Shane Jamison - MLB</t>
+    <t>#95 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
@@ -527,60 +527,60 @@
   <si>
     <t>1-10-CLE 31 (12:55) 35-Ryan Sanchez ran to CLE 35 for 4 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#35 Ryan Sanchez - FB</t>
   </si>
   <si>
     <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#82 Omar Chapman - TE</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
-    <t>#63 Clark Gonzalez - RG</t>
+    <t>#63 Clark Gonzalez - RT</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
-    <t>#52 Foster Wyatt - LT</t>
+    <t>#68 Foster Wyatt - RG</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
@@ -1808,51 +1808,51 @@
   <si>
     <t>1-10-NYN 27 (3:55) 15-Craig Moore pass incomplete, intended for 86-Jason Roth.</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>2-10-NYN 27 (3:53) 15-Craig Moore pass complete to 86-Jason Roth to NYN 39 for 12 yards. Tackle by 42-Charles Wotring.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>1-10-NYN 39 (3:25) 15-Craig Moore pass complete to 86-Jason Roth to CLE 31 for 30 yards. 86-Jason Roth did some fancy footwork there. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one. PENALTY - Holding (NYN 65-Joshua Hawkins)</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>1-20-NYN 29 (3:18) 15-Craig Moore sacked at NYN 20 for -9 yards (77-Emil Demoss). Sack allowed by 73-Martin Hodges.</t>
   </si>
   <si>
-    <t>#66 Christopher Cruz - RG</t>
+    <t>#66 Christopher Cruz - LG</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-29-NYN 20 (2:57) 36-Christopher Fry ran to NYN 27 for 8 yards. Tackle by 24-Peter Mills.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>3-22-NYN 27 (2:30) 15-Craig Moore pass Pass knocked down by 90-Emil Richardson. incomplete, intended for 19-Ronald Kennamer.</t>
   </si>
   <si>
     <t>4-22-NYN 27 (2:28) 2-Michael Frye punts 46 yards to CLE 26. 86-Adam Cate to CLE 33 for 7 yards. Tackle by 65-Joshua Hawkins.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>1-10-CLE 33 (2:19) 35-Ryan Sanchez ran to CLE 38 for 4 yards. Tackle by 52-Angelo Sadler.</t>
   </si>