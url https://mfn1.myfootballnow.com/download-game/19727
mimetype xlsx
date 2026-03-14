--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -287,246 +287,246 @@
   <si>
     <t>SFO has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Edward Davis kicks 65 yards from SFO 35 to BUF 0. 34-James Benningfield to BUF 16 for 17 yards. Tackle by 98-Alberto Burdette.</t>
   </si>
   <si>
     <t>#34 James Benningfield - RB</t>
   </si>
   <si>
     <t>#63 Dean Perez - DT</t>
   </si>
   <si>
-    <t>#62 Bradley Booker - DT</t>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
     <t>#58 Peter Tatum - MLB</t>
   </si>
   <si>
     <t>#55 Doug Goodman - MLB</t>
   </si>
   <si>
     <t>#31 Francisco Bradley - CB</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
-[...2 lines deleted...]
-    <t>#98 Shane Noe - WLB</t>
+    <t>#27 John Dearborn - CB</t>
+  </si>
+  <si>
+    <t>#93 Shane Noe - WLB</t>
   </si>
   <si>
     <t>#39 Eric Ford - SS</t>
   </si>
   <si>
-    <t>#55 James Glade - MLB</t>
+    <t>#54 James Glade - MLB</t>
   </si>
   <si>
     <t>#12 Edward Davis - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BUF 16</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 16 (14:56) 13-Jerome Vela pass complete to 85-Kurt Santana to BUF 44 for 28 yards. Tackle by 34-Richard Peeples. Pressure by 57-Shawn Kozak.</t>
   </si>
   <si>
     <t>#13 Jerome Vela - QB</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#12 John Sargent - WR</t>
   </si>
   <si>
     <t>#54 Jack Hull - RT</t>
   </si>
   <si>
     <t>#52 Wilfredo Vidal - RG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#60 Jeff Hankinson - RT</t>
   </si>
   <si>
     <t>#52 Stephen Jackson - SLB</t>
   </si>
   <si>
     <t>#97 Richard Taliaferro - DT</t>
   </si>
   <si>
     <t>#90 Amos Ong - RDE</t>
   </si>
   <si>
     <t>#57 Shawn Kozak - RDE</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#47 Russell Riddle - SLB</t>
   </si>
   <si>
     <t>#52 Kyle Foote - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
-    <t>#38 Robert Coble - FS</t>
-[...2 lines deleted...]
-    <t>#46 Bruce Holloway - SS</t>
+    <t>#38 Robert Coble - CB</t>
+  </si>
+  <si>
+    <t>#23 Bruce Holloway - SS</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 44 (14:14) 13-Jerome Vela pass INTERCEPTED by 44-Robert Coble at SFO 48. 44-Robert Coble to SFO 48 for 0 yards. Tackle by 18-John Gale. Pressure by 64-Scott Martins. 44-Robert Coble got away with a hold on that play.</t>
   </si>
   <si>
     <t>#18 John Gale - WR</t>
   </si>
   <si>
     <t>#64 Scott Martins - DT</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#54 Troy Nieto - MLB</t>
   </si>
   <si>
-    <t>#27 Stephen Martin - FS</t>
+    <t>#37 Stephen Martin - SS</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>SFO 48</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-SFO 48 (14:09) 16-Charles Myers pass complete to 87-Alexander Wong to BUF 43 for 9 yards. Tackle by 39-Eric Ford.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#43 Randy Eckert - RB</t>
   </si>
   <si>
     <t>#32 Harlan Branch - FB</t>
   </si>
   <si>
     <t>#89 Gary Friedman - TE</t>
   </si>
   <si>
     <t>#87 Alexander Wong - WR</t>
   </si>
   <si>
     <t>#10 Robert Neiman - WR</t>
   </si>
   <si>
     <t>#73 Joseph Pike - LT</t>
   </si>
   <si>
     <t>#69 Alfred Moore - LG</t>
   </si>
   <si>
     <t>#79 Earl Mann - C</t>
   </si>
   <si>
-    <t>#65 Paul Kluge - RG</t>
+    <t>#50 Paul Kluge - RT</t>
   </si>
   <si>
     <t>#82 Eugene Lawrence - RT</t>
   </si>
   <si>
-    <t>#73 Donald Munoz - LDE</t>
-[...2 lines deleted...]
-    <t>#69 John Burns - RDE</t>
+    <t>#90 Donald Munoz - LDE</t>
+  </si>
+  <si>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>#35 William Blevins - CB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>BUF 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-BUF 43 (13:32) 43-Randy Eckert ran to BUF 37 for 6 yards. Tackle by 69-John Burns. SFO 43-Randy Eckert was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#27 Anthony Miller - RB</t>
   </si>
@@ -602,99 +602,99 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-7-BUF 22 (10:08) 37-Marion Truong ran to BUF 20 for 2 yards. Tackle by 62-Bradley Booker.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>BUF 20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BUF 20 (9:28) 12-Edward Davis 39 yard field goal is GOOD. BUF 0 SFO 3</t>
   </si>
   <si>
     <t>#53 William Boner - C</t>
   </si>
   <si>
-    <t>#33 Richard Hicks - LT</t>
+    <t>#33 Richard Hicks - LG</t>
   </si>
   <si>
     <t>#90 Jerome Neumann - RDE</t>
   </si>
   <si>
     <t>#53 Franklin Burch - RDE</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>(9:26) 12-Edward Davis kicks 75 yards from SFO 35 to BUF -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 25 (9:26) 25-William McCall ran to BUF 24 for -1 yards. Tackle by 44-Robert Coble.</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-11-BUF 24 (8:49) 25-William McCall ran to BUF 29 for 6 yards. Tackle by 26-Bruce Holloway.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>3-6-BUF 29 (8:16) 13-Jerome Vela pass complete to 17-Kenneth Berry to BUF 35 for 6 yards. Tackle by 47-Russell Riddle. PENALTY - Offsides (SFO 47-Russell Riddle)</t>
   </si>
   <si>
-    <t>#98 Alberto Burdette - MLB</t>
+    <t>#94 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-BUF 34 (8:13) 25-William McCall ran to BUF 46 for 12 yards. Tackle by 44-Robert Coble.</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>BUF 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-BUF 46 (7:29) 25-William McCall ran to SFO 50 for 4 yards. Tackle by 57-Shawn Kozak.</t>
   </si>
@@ -758,57 +758,57 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-4-SFO 34 (4:54) 13-Jerome Vela pass Pass knocked down by 44-Robert Coble. incomplete, intended for 18-John Gale.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4-SFO 34 (4:50) 13-Jerome Vela pass incomplete, dropped by 34-James Benningfield.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>4-4-SFO 34 (4:47) 7-Steven Levasseur 52 yard field goal is GOOD. BUF 3 SFO 3</t>
   </si>
   <si>
     <t>#2 Martin Sanchez - QB</t>
   </si>
   <si>
-    <t>#59 Richard Griffin - C</t>
+    <t>#61 Richard Griffin - C</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
-    <t>#70 Paul Moses - LDE</t>
+    <t>#70 Paul Moses - RDE</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(4:43) 7-Steven Levasseur kicks 71 yards from BUF 35 to SFO -6. Touchback.</t>
   </si>
   <si>
     <t>#94 Jeffrey Vannoy - DT</t>
   </si>
   <si>
     <t>SFO 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-SFO 25 (4:43) 43-Randy Eckert ran to SFO 27 for 2 yards. Tackle by 63-Dean Perez.</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
@@ -1148,51 +1148,51 @@
   <si>
     <t>2-9-BUF 42 (3:37) 13-Jerome Vela pass complete to 17-Kenneth Berry to SFO 47 for 11 yards. Tackle by 28-Stephen Martin.</t>
   </si>
   <si>
     <t>3:03</t>
   </si>
   <si>
     <t>SFO 47</t>
   </si>
   <si>
     <t>1-10-SFO 47 (3:02) 25-William McCall ran to SFO 48 for -1 yards. Tackle by 77-Tracy Killian. BUF 85-Kurt Santana was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-11-SFO 48 (2:26) 36-Raul Carter ran to SFO 49 for -1 yards. Tackle by 58-Joe Pendergrass.</t>
   </si>
   <si>
     <t>#44 Bobby Cox - RB</t>
   </si>
   <si>
-    <t>#89 Jose Sanches - TE</t>
+    <t>#77 Jose Sanches - LG</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>3-13-SFO 49 (2:00) 25-William McCall ran to SFO 50 for a short loss. Tackle by 52-Kyle Foote.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>4-13-SFO 50 (1:17) 8-David Henderson punts 36 yards to SFO 13. Fair Catch by 43-Randy Eckert.</t>
   </si>
   <si>
     <t>#8 David Henderson - P</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>SFO 13</t>
   </si>
@@ -1367,51 +1367,51 @@
   <si>
     <t>2-8-BUF 27 (6:52) 36-Raul Carter ran to BUF 27 for a short gain. Tackle by 58-Joe Pendergrass.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>3-8-BUF 27 (6:20) 13-Jerome Vela pass complete to 12-John Sargent to BUF 33 for 6 yards. Tackle by 23-Harold Webb.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>BUF 33</t>
   </si>
   <si>
     <t>4-2-BUF 33 (5:39) 8-David Henderson punts 52 yards to SFO 15. 43-Randy Eckert to SFO 25 for 10 yards. Tackle by 55-Doug Goodman.</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>1-10-SFO 25 (5:30) 16-Charles Myers pass complete to 27-Anthony Miller to SFO 45 for 20 yards. Tackle by 35-William Blevins.</t>
   </si>
   <si>
-    <t>#53 Jack Harris - WLB</t>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>1-10-SFO 45 (4:47) 16-Charles Myers pass complete to 10-Robert Neiman to BUF 33 for 22 yards.</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>1-10-BUF 33 (4:02) 27-Anthony Miller ran to BUF 34 for a short loss. Tackle by 63-Dean Perez. BUF 98-Shane Noe was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-BUF 34 (3:25) 16-Charles Myers pass complete to 27-Anthony Miller to BUF 32 for 2 yards. Tackle by 53-Jack Harris. 27-Anthony Miller made a great move on the CB.</t>
   </si>
   <si>
     <t>#80 Robert Carson - WR</t>
   </si>