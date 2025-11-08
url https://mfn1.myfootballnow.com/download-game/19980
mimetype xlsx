--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -314,132 +314,132 @@
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
-    <t>#18 Robert Johnson - K</t>
+    <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 23 for -2 yards. Tackle by 37-Sean Edmonds.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
-    <t>#88 Larry Santos - WR</t>
+    <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
-    <t>#91 Aubrey Chambers - RDE</t>
+    <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
-    <t>#39 Charles Wells - CB</t>
-[...11 lines deleted...]
-    <t>#42 Ronald McDaniels - SS</t>
+    <t>#26 Charles Wells - CB</t>
+  </si>
+  <si>
+    <t>#29 Carlos Hanks - CB</t>
+  </si>
+  <si>
+    <t>#24 Sean Edmonds - CB</t>
+  </si>
+  <si>
+    <t>#25 Patrick Chavez - CB</t>
+  </si>
+  <si>
+    <t>#33 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>NYN 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-12-NYN 23 (14:23) 30-Troy Rivers ran to NYN 34 for 11 yards. Tackle by 1-Patrick Chavez.</t>
   </si>
   <si>
     <t>#87 Jasper Noonan - TE</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-NYN 43 (13:36) 9-Thomas Parsley pass Pass knocked down by 37-Sean Edmonds. incomplete, intended for 16-Charles Best. NYN 65-Joshua Hawkins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-NYN 43 (13:33) PENALTY - False Start (NYN 78-Chad Clifton)</t>
   </si>
   <si>
     <t>#66 Christopher Cruz - RG</t>
   </si>
   <si>
-    <t>#56 James Wildman - WLB</t>
+    <t>#53 James Wildman - WLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-15-NYN 38 (13:33) 9-Thomas Parsley pass complete to 86-Jason Roth to HOU 35 for 27 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
@@ -638,87 +638,87 @@
   <si>
     <t>(10:47) 3-Jonathan McCord kicks 74 yards from NYN 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>#10 Christopher Gaither - WR</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:47) 44-Christopher Gaither ran to HOU 26 for 1 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#45 Kenneth Cash - FB</t>
   </si>
   <si>
     <t>#44 David Ambrose - FB</t>
   </si>
   <si>
-    <t>#16 Timothy Dickerman - WR</t>
+    <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
     <t>#16 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#73 Paul Davis - RG</t>
   </si>
   <si>
-    <t>#77 Jared Rundle - RT</t>
+    <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
-    <t>#22 Donald Lincoln - CB</t>
+    <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-HOU 26 (10:05) 44-Christopher Gaither ran to HOU 29 for 3 yards. Tackle by 57-Zane Hall.</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-HOU 31 (8:41) 14-Mathew Steffens punts 44 yards to NYN 25.</t>
   </si>
   <si>
     <t>#14 Mathew Steffens - P</t>
   </si>
   <si>
     <t>#70 John Brown - C</t>
   </si>
   <si>
-    <t>#67 Lyndon Drake - RG</t>
+    <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#79 Kevin Blank - C</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>1-10-NYN 25 (8:34) 9-Thomas Parsley pass Pass knocked down by 37-Sean Edmonds. incomplete, intended for 35-Vicente Degnan.</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-10-NYN 25 (8:30) 36-Christopher Fry ran to NYN 36 for 11 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>