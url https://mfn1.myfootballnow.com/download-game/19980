--- v1 (2025-11-08)
+++ v2 (2025-12-18)
@@ -359,51 +359,51 @@
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#16 Charles Best - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>1-10-HOU 42 (5:33) 5-Howard Ahmad pass complete to 87-David Ambrose to NYN 44 for 15 yards. Tackle by 20-Johnny Pace. NYN 72-Philip Barker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-NYN 44 (4:46) 23-Todd Ayers ran to NYN 40 for 4 yards. Tackle by 23-Mario Foxx.</t>
   </si>
   <si>
     <t>#33 Robert Sterling - RB</t>
   </si>
   <si>
-    <t>#23 Mario Foxx - CB</t>
+    <t>#29 Mario Foxx - CB</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>2-6-NYN 40 (4:10) 44-Christopher Gaither ran to NYN 30 for 9 yards. Tackle by 47-Jamie Miller.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>1-10-NYN 30 (3:33) 23-Todd Ayers ran to NYN 25 for 5 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>