--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#76 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
@@ -344,102 +344,102 @@
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 23 for -2 yards. Tackle by 37-Sean Edmonds.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
-    <t>#24 Sean Edmonds - CB</t>
+    <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>NYN 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-12-NYN 23 (14:23) 30-Troy Rivers ran to NYN 34 for 11 yards. Tackle by 1-Patrick Chavez.</t>
   </si>
   <si>
     <t>#87 Jasper Noonan - TE</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-NYN 43 (13:36) 9-Thomas Parsley pass Pass knocked down by 37-Sean Edmonds. incomplete, intended for 16-Charles Best. NYN 65-Joshua Hawkins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-NYN 43 (13:33) PENALTY - False Start (NYN 78-Chad Clifton)</t>
   </si>
   <si>
     <t>#66 Christopher Cruz - RG</t>
   </si>
   <si>
-    <t>#53 James Wildman - WLB</t>
+    <t>#53 James Wildman - SLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-15-NYN 38 (13:33) 9-Thomas Parsley pass complete to 86-Jason Roth to HOU 35 for 27 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
@@ -635,159 +635,159 @@
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(10:47) 3-Jonathan McCord kicks 74 yards from NYN 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>#10 Christopher Gaither - WR</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:47) 44-Christopher Gaither ran to HOU 26 for 1 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#45 Kenneth Cash - FB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
+    <t>#61 Paul Davis - LT</t>
   </si>
   <si>
     <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-HOU 26 (10:05) 44-Christopher Gaither ran to HOU 29 for 3 yards. Tackle by 57-Zane Hall.</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
-[...2 lines deleted...]
-    <t>#84 James Jones - TE</t>
+    <t>#87 Todd Ayers - WR</t>
+  </si>
+  <si>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-6-HOU 29 (9:19) 5-Howard Ahmad pass complete to 44-Christopher Gaither to HOU 31 for 2 yards. Tackle by 59-Steven Jung.</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-HOU 31 (8:41) 14-Mathew Steffens punts 44 yards to NYN 25.</t>
   </si>
   <si>
     <t>#14 Mathew Steffens - P</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#79 Kevin Blank - C</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>1-10-NYN 25 (8:34) 9-Thomas Parsley pass Pass knocked down by 37-Sean Edmonds. incomplete, intended for 35-Vicente Degnan.</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-10-NYN 25 (8:30) 36-Christopher Fry ran to NYN 36 for 11 yards. Tackle by 22-Ronald McDaniels.</t>
   </si>
@@ -2286,90 +2286,90 @@
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="524.872" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>