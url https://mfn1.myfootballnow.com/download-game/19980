--- v3 (2026-01-09)
+++ v4 (2026-02-16)
@@ -413,51 +413,51 @@
   <si>
     <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>NYN 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-12-NYN 23 (14:23) 30-Troy Rivers ran to NYN 34 for 11 yards. Tackle by 1-Patrick Chavez.</t>
   </si>
   <si>
-    <t>#87 Jasper Noonan - TE</t>
+    <t>#34 Jasper Noonan - FB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>NYN 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-1-NYN 34 (13:39) 9-Thomas Parsley pass complete to 86-Jason Roth to NYN 43 for 9 yards. Tackle by 93-James Ramirez. PENALTY - Pass Interference (HOU 93-James Ramirez) (Declined)</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#12 Nick Terry - WR</t>
   </si>
   <si>
     <t>#84 Brian Degroot - WR</t>
   </si>
   <si>
     <t>#74 Ronald Cantrell - LT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>HOU 23</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 23 (12:20) 36-Christopher Fry ran to HOU 11 for 12 yards. Tackle by 39-Charles Wells.</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>HOU 11</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 11 (11:42) 9-Thomas Parsley pass incomplete, dropped by 34-Kenneth McKay.</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 42 (5:33) 5-Howard Ahmad pass complete to 87-David Ambrose to NYN 44 for 15 yards. Tackle by 20-Johnny Pace. NYN 72-Philip Barker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-NYN 44 (4:46) 23-Todd Ayers ran to NYN 40 for 4 yards. Tackle by 23-Mario Foxx.</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#29 Mario Foxx - CB</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>2-6-NYN 40 (4:10) 44-Christopher Gaither ran to NYN 30 for 9 yards. Tackle by 47-Jamie Miller.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>1-10-NYN 30 (3:33) 23-Todd Ayers ran to NYN 25 for 5 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>