--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
-    <t>#50 James Ramirez - MLB</t>
+    <t>#43 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>NYN 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-1-HOU 3 (10:49) 35-Vicente Degnan ran for 3 yards. TOUCHDOWN! NYN 6 HOU 0</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:47) Extra point GOOD by 3-Jonathan McCord. NYN 7 HOU 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#67 David Graham - RG</t>
   </si>
   <si>
     <t>#64 Darrin Tilton - DT</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(10:47) 3-Jonathan McCord kicks 74 yards from NYN 35 to HOU -9. Touchback.</t>
   </si>
   <si>
     <t>#10 Christopher Gaither - WR</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>