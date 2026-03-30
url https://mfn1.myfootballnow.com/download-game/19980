--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NYN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Robert Johnson kicks 75 yards from HOU 35 to NYN -10. Touchback.</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
   <si>
-    <t>#64 Robert McCullough - LDE</t>
+    <t>#56 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#53 Mark Coleman - MLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
@@ -341,102 +341,102 @@
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to NYN 23 for -2 yards. Tackle by 37-Sean Edmonds.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
-    <t>#17 Brandon Saldana - WR</t>
+    <t>#10 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#71 Miguel Litherland - RT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
-    <t>#92 Eli Johnson - LDE</t>
-[...2 lines deleted...]
-    <t>#99 George Ellis - DT</t>
+    <t>#64 Eli Johnson - LDE</t>
+  </si>
+  <si>
+    <t>#71 George Ellis - DT</t>
   </si>
   <si>
     <t>#90 Michael Flowers - DT</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#43 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
-    <t>#25 Patrick Chavez - CB</t>
+    <t>#34 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>NYN 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-12-NYN 23 (14:23) 30-Troy Rivers ran to NYN 34 for 11 yards. Tackle by 1-Patrick Chavez.</t>
   </si>
   <si>
     <t>#34 Jasper Noonan - FB</t>
   </si>
   <si>
     <t>#50 Christopher Sousa - SLB</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-NYN 43 (13:36) 9-Thomas Parsley pass Pass knocked down by 37-Sean Edmonds. incomplete, intended for 16-Charles Best. NYN 65-Joshua Hawkins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-NYN 43 (13:33) PENALTY - False Start (NYN 78-Chad Clifton)</t>
   </si>
   <si>
-    <t>#66 Christopher Cruz - RG</t>
+    <t>#66 Christopher Cruz - LG</t>
   </si>
   <si>
     <t>#53 James Wildman - SLB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>NYN 38</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-15-NYN 38 (13:33) 9-Thomas Parsley pass complete to 86-Jason Roth to HOU 35 for 27 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>1-10-HOU 25 (10:47) 44-Christopher Gaither ran to HOU 26 for 1 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#45 Kenneth Cash - FB</t>
   </si>
   <si>
     <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
     <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#57 Allen Parker - LT</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
-    <t>#76 Tom Denson - LT</t>
+    <t>#74 Tom Denson - LT</t>
   </si>
   <si>
     <t>#61 Paul Davis - LT</t>
   </si>
   <si>
     <t>#65 Jared Rundle - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 42 (5:33) 5-Howard Ahmad pass complete to 87-David Ambrose to NYN 44 for 15 yards. Tackle by 20-Johnny Pace. NYN 72-Philip Barker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>NYN 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-NYN 44 (4:46) 23-Todd Ayers ran to NYN 40 for 4 yards. Tackle by 23-Mario Foxx.</t>
   </si>
   <si>
-    <t>#22 Robert Sterling - RB</t>
+    <t>#29 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#29 Mario Foxx - CB</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>2-6-NYN 40 (4:10) 44-Christopher Gaither ran to NYN 30 for 9 yards. Tackle by 47-Jamie Miller.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>1-10-NYN 30 (3:33) 23-Todd Ayers ran to NYN 25 for 5 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>