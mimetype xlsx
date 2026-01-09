--- v0 (2025-12-18)
+++ v1 (2026-01-09)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 69 yards from CLE 35 to NOS -4. 44-Willian Tucker to NOS 18 for 23 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#52 Richard Soucy - DT</t>
   </si>
   <si>
     <t>#36 John Lane - CB</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#72 Norman Muff - DT</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>#61 Freddie Room - LDE</t>
   </si>
   <si>
     <t>#45 Glenn Galvin - CB</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NOS 18</t>
   </si>
@@ -482,96 +482,96 @@
   <si>
     <t>4-1-NOS 28 (13:02) 7-Gary Anderson punts 57 yards to CLE 15. 86-Adam Cate to CLE 27 for 13 yards. Tackle by 40-Terence Thompson.</t>
   </si>
   <si>
     <t>#7 Gary Anderson - P</t>
   </si>
   <si>
     <t>#88 Martin James - TE</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#13 Stephen Kotter - WR</t>
   </si>
   <si>
-    <t>#75 Anthony Thomas - RT</t>
+    <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#74 Nicolas Corley - RG</t>
   </si>
   <si>
     <t>#79 Ron Johnston - C</t>
   </si>
   <si>
     <t>#56 Paul Whitney - LG</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>CLE 27</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CLE 27 (12:54) 4-Sang Wilson pass complete to 89-William White to CLE 34 for 7 yards. Tackle by 92-Mark Parker. PENALTY - Offsides (NOS 61-Freddie Room)</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
-[...2 lines deleted...]
-    <t>#89 William White - WR</t>
+    <t>#61 Justin Whitley - C</t>
+  </si>
+  <si>
+    <t>#19 William White - WR</t>
   </si>
   <si>
     <t>#56 William Schwartz - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#62 John Maurer - DT</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
     <t>#95 David Morgan - WLB</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-5-CLE 32 (12:50) 48-Scott Calloway ran to CLE 30 for -2 yards. Tackle by 40-Terence Thompson.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>CLE 30</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-7-CLE 30 (12:14) 4-Sang Wilson pass complete to 80-Justin Whitley to CLE 42 for 11 yards. Tackle by 45-Glenn Galvin.</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 42 (11:36) 33-Carl Bennett ran to CLE 40 for -2 yards. Tackle by 95-David Morgan.</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#47 John Raines - FS</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>4-1-CLE 26 (11:55) 3-Thomas Spielman 44 yard field goal is GOOD. CLE 7 NOS 3</t>
   </si>
   <si>
     <t>#5 Wallace Haskins - QB</t>
   </si>
   <si>
     <t>#3 Thomas Spielman - K</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>(11:51) 3-Thomas Spielman kicks 75 yards from NOS 35 to CLE -10. Touchback.</t>
   </si>
   <si>
-    <t>#83 John Bingham - FB</t>
+    <t>#82 John Bingham - TE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>1-10-CLE 25 (11:51) 48-Scott Calloway ran to CLE 25 for a short gain. Tackle by 61-Freddie Room.</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>Singleback Normal WR Post</t>
   </si>
   <si>
     <t>2-10-CLE 25 (11:13) 4-Sang Wilson pass complete to 48-Scott Calloway to CLE 25 for a short loss. Tackle by 92-Mark Parker.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>3-10-CLE 25 (10:36) 4-Sang Wilson pass complete to 10-Nathan Barker to CLE 30 for 5 yards. Tackle by 44-Clay Briggs.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
@@ -2294,51 +2294,51 @@
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>