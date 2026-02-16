--- v1 (2026-01-09)
+++ v2 (2026-02-16)
@@ -479,96 +479,96 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NOS 28 (13:02) 7-Gary Anderson punts 57 yards to CLE 15. 86-Adam Cate to CLE 27 for 13 yards. Tackle by 40-Terence Thompson.</t>
   </si>
   <si>
     <t>#7 Gary Anderson - P</t>
   </si>
   <si>
     <t>#88 Martin James - TE</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#74 Nicolas Corley - RG</t>
   </si>
   <si>
     <t>#79 Ron Johnston - C</t>
   </si>
   <si>
     <t>#56 Paul Whitney - LG</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>CLE 27</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CLE 27 (12:54) 4-Sang Wilson pass complete to 89-William White to CLE 34 for 7 yards. Tackle by 92-Mark Parker. PENALTY - Offsides (NOS 61-Freddie Room)</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#61 Justin Whitley - C</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#19 William White - WR</t>
   </si>
   <si>
     <t>#56 William Schwartz - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#62 John Maurer - DT</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
@@ -1100,51 +1100,51 @@
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>CLE 12</t>
   </si>
   <si>
     <t>2-7-CLE 12 (5:16) 2-Martin Newsome pass Pass knocked down by 54-Lawrence Stevens. incomplete, intended for 82-Omar Chapman.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>3-7-CLE 12 (5:13) 86-Israel Pape ran to CLE 10 for 2 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>CLE 10</t>
   </si>
   <si>
     <t>4-5-CLE 10 (4:40) 3-Thomas Spielman 27 yard field goal is GOOD. CLE 7 NOS 6</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>(4:38) 3-Thomas Spielman kicks 75 yards from NOS 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-CLE 25 (4:38) 48-Scott Calloway ran to CLE 29 for 4 yards. Tackle by 95-David Morgan.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-6-CLE 29 (3:57) 4-Sang Wilson pass Pass knocked down by 36-John Lane. incomplete, intended for 10-Nathan Barker.</t>
   </si>