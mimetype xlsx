--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 69 yards from CLE 35 to NOS -4. 44-Willian Tucker to NOS 18 for 23 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#52 Richard Soucy - DT</t>
   </si>
   <si>
     <t>#36 John Lane - CB</t>
   </si>
   <si>
-    <t>#72 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#40 Terence Thompson - CB</t>
   </si>
   <si>
     <t>#61 Freddie Room - LDE</t>
   </si>
   <si>
     <t>#45 Glenn Galvin - CB</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NOS 18</t>
   </si>
@@ -527,75 +527,75 @@
   <si>
     <t>CLE 27</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CLE 27 (12:54) 4-Sang Wilson pass complete to 89-William White to CLE 34 for 7 yards. Tackle by 92-Mark Parker. PENALTY - Offsides (NOS 61-Freddie Room)</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
     <t>#80 Justin Whitley - C</t>
   </si>
   <si>
-    <t>#19 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#56 William Schwartz - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
-    <t>#62 John Maurer - DT</t>
+    <t>#91 John Maurer - DT</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
-    <t>#95 David Morgan - WLB</t>
+    <t>#46 David Morgan - SLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#46 Albert Keith - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-5-CLE 32 (12:50) 48-Scott Calloway ran to CLE 30 for -2 yards. Tackle by 40-Terence Thompson.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>