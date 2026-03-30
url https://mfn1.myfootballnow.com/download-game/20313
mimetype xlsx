--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -371,93 +371,93 @@
   <si>
     <t>#15 Myron Haggerty - WR</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#69 Joseph Vannoy - LG</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
     <t>#55 Robert Jeon - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
-    <t>#50 John Landry - DT</t>
+    <t>#60 John Landry - DT</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
-    <t>#21 Charles Situ - CB</t>
+    <t>#21 Charles Situ - FS</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>#42 Ramon Jefferson - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-4-NOS 25 (14:21) 48-James Quiles ran to NOS 24 for -1 yards. Tackle by 97-Steve Stout.</t>
   </si>
   <si>
-    <t>#37 Shane Jamison - MLB</t>
+    <t>#95 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#41 Charlie Parmenter - SS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
     <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#56 William Schwartz - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
-    <t>#70 Horace Glenn - RT</t>
+    <t>#70 Horace Glenn - RG</t>
   </si>
   <si>
     <t>#91 John Maurer - DT</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
     <t>#46 David Morgan - SLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#46 Albert Keith - CB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>2-12-CLE 40 (11:03) 4-Sang Wilson pass complete to 33-Carl Bennett to CLE 41 for 1 yards. Tackle by 36-John Lane.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>CLE 41</t>
   </si>
   <si>
     <t>3-11-CLE 41 (10:28) 33-Carl Bennett ran to CLE 40 for -1 yards. Tackle by 50-Gus Cate.</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>4-12-CLE 40 (9:48) 7-Steven Francis punts 49 yards to NOS 11.</t>
   </si>
   <si>
     <t>#7 Steven Francis - P</t>
   </si>
   <si>
     <t>#57 Ronald Cade - RT</t>
   </si>
   <si>
-    <t>#63 Clark Gonzalez - RG</t>
+    <t>#63 Clark Gonzalez - RT</t>
   </si>
   <si>
     <t>#98 Francisco Williams - RDE</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>NOS 11</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-NOS 11 (9:41) 48-James Quiles ran to NOS 14 for 3 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
     <t>#17 Rodolfo Militello - WR</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>NOS 14</t>
   </si>
@@ -845,78 +845,78 @@
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-NOS 47 (2:07) 33-Carl Bennett ran for 47 yards. TOUCHDOWN! CLE 6 NOS 0</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(1:59) Extra point GOOD by 15-Timothy Magee. CLE 7 NOS 0</t>
   </si>
   <si>
     <t>#3 Bernard Adams - QB</t>
   </si>
   <si>
-    <t>#74 Harry Brown - LG</t>
+    <t>#65 Harry Brown - LG</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
     <t>(1:59) 15-Timothy Magee kicks 74 yards from CLE 35 to NOS -9. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-NOS 25 (1:59) 2-Martin Newsome pass complete to 39-Michael Buhl to NOS 33 for 8 yards. Tackle by 54-Lawrence Stevens.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>NOS 33</t>
   </si>
   <si>
     <t>I Formation Big TE Sneak Out</t>
   </si>
   <si>
     <t>2-2-NOS 33 (1:19) 2-Martin Newsome pass complete to 15-Myron Haggerty to NOS 38 for 6 yards. Tackle by 29-Marshall Roberson.</t>
   </si>
   <si>
-    <t>#51 Sean Flinchum - MLB</t>
+    <t>#50 Sean Flinchum - MLB</t>
   </si>
   <si>
     <t>0:38</t>
   </si>
   <si>
     <t>NOS 38</t>
   </si>
   <si>
     <t>1-10-NOS 38 (0:37) 2-Martin Newsome pass complete to 39-Michael Buhl to NOS 42 for 3 yards. Tackle by 21-Charles Situ.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>2-7-NOS 42 (0:02) 48-James Quiles ran to NOS 48 for 6 yards. Tackle by 93-Michael McPhee.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
@@ -971,51 +971,51 @@
   <si>
     <t>12:34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-4-CLE 30 (12:33) 86-Israel Pape ran to CLE 26 for 3 yards. Tackle by 26-William Adames.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>4-1-CLE 26 (11:55) 3-Thomas Spielman 44 yard field goal is GOOD. CLE 7 NOS 3</t>
   </si>
   <si>
     <t>#5 Wallace Haskins - QB</t>
   </si>
   <si>
-    <t>#3 Thomas Spielman - K</t>
+    <t>#4 Thomas Spielman - K</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>(11:51) 3-Thomas Spielman kicks 75 yards from NOS 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#82 John Bingham - TE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>1-10-CLE 25 (11:51) 48-Scott Calloway ran to CLE 25 for a short gain. Tackle by 61-Freddie Room.</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>Singleback Normal WR Post</t>
   </si>