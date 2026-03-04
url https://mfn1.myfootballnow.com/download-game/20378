--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,126 +290,126 @@
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Brain McClure kicks 61 yards from ARZ 35 to SEA 4. 28-James Moran to SEA 32 for 29 yards. Tackle by 40-Jimmy Cook.</t>
   </si>
   <si>
     <t>#28 James Moran - RB</t>
   </si>
   <si>
     <t>#35 Thomas Bray - FS</t>
   </si>
   <si>
     <t>#39 Jose Anderson - CB</t>
   </si>
   <si>
-    <t>#96 Paul Burke - WLB</t>
+    <t>#55 Paul Burke - WLB</t>
   </si>
   <si>
     <t>#34 Robert Desir - CB</t>
   </si>
   <si>
     <t>#95 Mark Hager - DT</t>
   </si>
   <si>
     <t>#47 Raymond Green - SS</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
   <si>
     <t>#57 James Reny - MLB</t>
   </si>
   <si>
     <t>#78 Dave Brown - RDE</t>
   </si>
   <si>
-    <t>#59 John Nickelson - MLB</t>
+    <t>#92 John Nickelson - MLB</t>
   </si>
   <si>
     <t>#18 Brain McClure - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>SEA 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SEA 32 (14:56) 10-Jonathan Olivarez pass complete to 42-Luis Poole to SEA 35 for 3 yards. Tackle by 22-Steve Watson.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#42 Luis Poole - RB</t>
   </si>
   <si>
     <t>#85 Michael Mims - TE</t>
   </si>
   <si>
     <t>#89 Marcus Barron - WR</t>
   </si>
   <si>
     <t>#87 Reed Baker - WR</t>
   </si>
   <si>
     <t>#14 Laverne Robertson - WR</t>
   </si>
   <si>
     <t>#52 Stephen Quam - LT</t>
   </si>
   <si>
     <t>#70 Gary Starks - RG</t>
   </si>
   <si>
     <t>#60 Danny McCann - C</t>
   </si>
   <si>
     <t>#69 Keith Coppage - RG</t>
   </si>
   <si>
-    <t>#76 Spencer Womack - RT</t>
+    <t>#61 Spencer Womack - RG</t>
   </si>
   <si>
     <t>#99 Raymond Mackin - LDE</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#76 David Bailey - DT</t>
   </si>
   <si>
     <t>#92 James Moore - RDE</t>
   </si>
   <si>
     <t>#96 Howard Schmidt - MLB</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
   <si>
     <t>#22 Steve Watson - CB</t>
   </si>
   <si>
     <t>#39 William Frye - CB</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>3-8-ARZ 38 (11:33) 10-Jonathan Olivarez pass incomplete, intended for 89-Marcus Barron.</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-ARZ 38 (11:30) 18-Donald Nash 55 yard field goal is GOOD. SEA 3 ARZ 0</t>
   </si>
   <si>
     <t>#18 Donald Nash - K</t>
   </si>
   <si>
     <t>#45 Christopher Frederickson - FB</t>
   </si>
   <si>
     <t>#66 Clinton Greene - RG</t>
   </si>
   <si>
-    <t>#53 Rick Poland - MLB</t>
+    <t>#56 Rick Poland - DT</t>
   </si>
   <si>
     <t>#54 Dwayne Ruiz - RT</t>
   </si>
   <si>
     <t>#72 Javier Mulholland - DT</t>
   </si>
   <si>
     <t>#79 Jeffrey Lauderdale - DT</t>
   </si>
   <si>
     <t>#94 Jeff Reynoso - DT</t>
   </si>
   <si>
     <t>#54 Timothy Rice - MLB</t>
   </si>
   <si>
     <t>#66 Wayne Green - DT</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>(11:26) 18-Donald Nash kicks 74 yards from SEA 35 to ARZ -9. Touchback.</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>#10 Frederick Lancaster - WR</t>
   </si>
   <si>
     <t>#13 Andrew Hopkins - WR</t>
   </si>
   <si>
     <t>#68 William Holmes - LT</t>
   </si>
   <si>
     <t>#50 Michael Flores - RG</t>
   </si>
   <si>
     <t>#78 Howard Green - C</t>
   </si>
   <si>
     <t>#67 John Smith - RG</t>
   </si>
   <si>
     <t>#52 Joseph Hicks - RT</t>
   </si>
   <si>
     <t>#63 David Roberts - LDE</t>
   </si>
   <si>
-    <t>#20 Marcus Lynch - CB</t>
+    <t>#27 Marcus Lynch - CB</t>
   </si>
   <si>
     <t>#22 Richard House - SS</t>
   </si>
   <si>
     <t>#40 Carl Jefcoat - FS</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>ARZ 30</t>
   </si>
   <si>
     <t>2-5-ARZ 30 (10:46) 6-Darryl Holley pass complete to 10-Frederick Lancaster to ARZ 41 for 11 yards. Tackle by 40-Carl Jefcoat.</t>
   </si>
   <si>
     <t>#81 Jerry Steffens - TE</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>ARZ 41</t>
   </si>