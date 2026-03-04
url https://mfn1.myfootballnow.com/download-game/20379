--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -482,63 +482,63 @@
   <si>
     <t>#51 Douglas Ibarra - RT</t>
   </si>
   <si>
     <t>#68 Thomas Pepper - RDE</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>LOS 31</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-LOS 31 (12:42) 3-Earnest Dean pass complete to 82-Anthony Knowles to LOS 36 for 5 yards. Tackle by 45-Donald Reed. SFO 75-Charles Lofton was injured on the play. He looks like he should be able to return. SFO 92-Eric Romero was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#87 Karl Henderson - TE</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
-    <t>#83 Rene Diaz - WR</t>
+    <t>#16 Rene Diaz - WR</t>
   </si>
   <si>
     <t>#53 Charles Beckham - LT</t>
   </si>
   <si>
     <t>#70 John Stewart - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#75 Charles Lofton - LDE</t>
   </si>
   <si>
     <t>#92 Eric Romero - LDE</t>
   </si>
   <si>
     <t>#97 Richard Taliaferro - DT</t>
   </si>
@@ -551,66 +551,66 @@
   <si>
     <t>#29 Casey Stephens - SS</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>LOS 36</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-LOS 36 (12:02) 3-Earnest Dean pass Pass knocked down by 21-Craig Sawyer. incomplete, intended for 83-Rene Diaz.</t>
   </si>
   <si>
     <t>#18 Darrell Agee - WR</t>
   </si>
   <si>
     <t>#57 Shawn Kozak - RDE</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-5-LOS 36 (11:57) 3-Earnest Dean pass incomplete, intended for 15-John Flanagan. PENALTY - Pass Interference (SFO 40-Chester Bevan)</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>LOS 43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LOS 43 (11:55) 40-Leonard Marshall ran to SFO 38 for 19 yards. LOS 15-John Flanagan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>SFO 38</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>