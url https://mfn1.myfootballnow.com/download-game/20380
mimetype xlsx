--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,51 +287,51 @@
   <si>
     <t>TEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Steven Levasseur kicks 66 yards from BUF 35 to TEN -1. 88-Eugene Simon to TEN 34 for 36 yards. Tackle by 7-Steven Levasseur. TEN 95-David Fisher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#88 Eugene Simon - WR</t>
   </si>
   <si>
     <t>#95 David Fisher - WLB</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
     <t>#77 William Gallegos - DT</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
     <t>#78 John Harris - LG</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
@@ -365,180 +365,180 @@
   <si>
     <t>#38 Tom Rogers - FB</t>
   </si>
   <si>
     <t>#83 David Knight - TE</t>
   </si>
   <si>
     <t>#89 Thomas Riegel - TE</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#68 John Merriweather - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#52 Scott Ward - RT</t>
   </si>
   <si>
-    <t>#73 Donald Munoz - LDE</t>
+    <t>#90 Donald Munoz - LDE</t>
   </si>
   <si>
     <t>#63 Adam Newman - DT</t>
   </si>
   <si>
-    <t>#62 Bradley Booker - DT</t>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>#97 Carl Shifflett - MLB</t>
   </si>
   <si>
-    <t>#53 Jack Harris - WLB</t>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
+    <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#37 Rafael Calloway - SS</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>TEN 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-TEN 44 (14:09) 22-Kevin Gilbert ran to TEN 48 for 5 yards. Tackle by 58-Charlie Otis.</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-TEN 48 (13:34) 11-Richard Casey pass Pass knocked down by 26-James Adams. incomplete, intended for 15-William Gonzalez.</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#26 James Adams - CB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-TEN 48 (13:32) 22-Kevin Gilbert ran to BUF 37 for 14 yards. Tackle by 22-Richard Lewis.</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 37 (12:52) 43-Richard Moore ran to BUF 31 for 6 yards. Tackle by 53-Jack Harris.</t>
   </si>
   <si>
-    <t>#43 Richard Moore - RB</t>
+    <t>#40 Richard Moore - RB</t>
   </si>
   <si>
     <t>#29 William Bonnett - RB</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>BUF 31</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-BUF 31 (12:14) 43-Richard Moore ran to BUF 24 for 8 yards. Tackle by 37-Rafael Calloway. TEN 43-Richard Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-BUF 24 (11:34) 22-Kevin Gilbert ran to BUF 19 for 5 yards. Tackle by 96-Daniel Rosas.</t>
   </si>
   <si>
-    <t>#72 Jason Long - DT</t>
+    <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-5-BUF 19 (10:57) 11-Richard Casey pass complete to 14-Gary Estrada to BUF 16 for 3 yards. Tackle by 53-Jack Harris. 14-Gary Estrada made a great move on the CB.</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>BUF 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
@@ -593,135 +593,135 @@
   <si>
     <t>3-1-BUF 1 (8:07) 22-Kevin Gilbert ran for 1 yards. TOUCHDOWN! BUF 0 TEN 6</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:04) Extra point GOOD by 3-Scott Hutchinson. BUF 0 TEN 7</t>
   </si>
   <si>
     <t>#8 Rick Deckard - P</t>
   </si>
   <si>
     <t>#79 William Powell - C</t>
   </si>
   <si>
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>#57 David Parker - LG</t>
   </si>
   <si>
     <t>#90 Jerome Neumann - RDE</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
-    <t>#90 Phillip Chandler - MLB</t>
+    <t>#1 Phillip Chandler - SLB</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(8:04) 3-Scott Hutchinson kicks 56 yards from TEN 35 to BUF 9. 25-William McCall to BUF 25 for 16 yards. Tackle by 48-Michael Monroe.</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 25 (8:01) 6-Terry Leiser pass complete to 82-Sean Taylor to BUF 31 for 6 yards. Tackle by 20-William Cottle. BUF 41-John Tarrant was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#57 Jason Campbell - RG</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#52 Wilfredo Vidal - RG</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#67 Paul Grace - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-4-BUF 31 (7:28) PENALTY - False Start (BUF 70-Ellis Escobedo)</t>
   </si>
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 28 (15:00) 25-William McCall ran to BUF 32 for 4 yards. Tackle by 25-Robert Delmonte.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>2-6-BUF 32 (14:21) 6-Terry Leiser pass complete to 85-Kurt Santana to TEN 46 for 22 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>TEN 46</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-TEN 46 (13:44) 6-Terry Leiser pass Pass knocked down by 27-Michael Baird. incomplete, intended for 89-Jose Sanches.</t>
   </si>
   <si>
-    <t>#89 Jose Sanches - TE</t>
+    <t>#77 Jose Sanches - LG</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-10-TEN 46 (13:40) 6-Terry Leiser pass complete to 85-Kurt Santana to TEN 40 for 6 yards. Tackle by 48-Michael Monroe.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>TEN 40</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-4-TEN 40 (12:54) 6-Terry Leiser pass complete to 41-John Tarrant to TEN 24 for 16 yards. Tackle by 55-Alonzo Myers.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>1-10-TEN 49 (13:30) 6-Terry Leiser pass complete to 85-Kurt Santana to TEN 44 for 5 yards. Tackle by 7-Paul Thompson. 85-Kurt Santana breaks down the CB.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>2-5-TEN 44 (12:45) 25-William McCall ran to TEN 42 for 2 yards. Tackle by 77-William Gallegos.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>TEN 42</t>
   </si>
   <si>
     <t>3-3-TEN 42 (12:09) 25-William McCall ran to TEN 40 for 3 yards. Tackle by 61-Matthew Collins.</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>4-1-TEN 40 (11:29) 7-Steven Levasseur 58 yard field goal is NO GOOD. (Short) TEN 77-William Gallegos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#50 Peter Keenan - RT</t>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>#53 Franklin Burch - RDE</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>TEN 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-TEN 47 (11:25) 11-Richard Casey sacked at TEN 37 for -10 yards (76-Jose Huffman). Sack allowed by 56-Michael Foster.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-20-TEN 37 (10:49) 11-Richard Casey pass complete to 83-David Knight to TEN 39 for 2 yards. Tackle by 93-Edwin Quezada.</t>
   </si>
@@ -2296,69 +2296,69 @@
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">