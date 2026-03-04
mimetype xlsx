--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 67 yards from MIA 35 to TBY -2. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#23 Christian Chun - RB</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
@@ -485,72 +485,72 @@
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>MIA 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-MIA 32 (13:34) 44-Ollie Vick ran to MIA 31 for -1 yards. Tackle by 62-Willie Walker. 70-George McCallum missed that block completely.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#92 Thomas Marrs - RDE</t>
   </si>
   <si>
     <t>#96 Odell Smith - WLB</t>
   </si>
   <si>
     <t>#31 Shayne Perkins - CB</t>
   </si>
   <si>
     <t>#40 David Jones - CB</t>
   </si>
   <si>
     <t>#31 Lawrence Miller - CB</t>
   </si>
   <si>
     <t>#30 Anthony Padilla - FS</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>MIA 31</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-11-MIA 31 (12:49) 5-Tommy Arnold pass complete to 44-Ollie Vick to MIA 34 for 3 yards. Tackle by 31-Shayne Perkins.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIA 34</t>
   </si>
   <si>
     <t>4-8-MIA 34 (12:05) 6-Kenneth Hammond punts 64 yards to TBY 2.</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#61 Thomas Hoff - RDE</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>TBY 2</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-TBY 2 (11:55) 23-Christian Chun ran to TBY 5 for 3 yards. Tackle by 54-Brian Silverberg.</t>
   </si>
   <si>
     <t>#86 Dewayne Raynor - TE</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
@@ -980,51 +980,51 @@
   <si>
     <t>1-16-MIA 16 (12:36) 44-Julio Alger ran to MIA 16 for a short gain. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>2-16-MIA 16 (11:58) 10-Ted Bryant pass Pass knocked down by 53-Philip Bostick. incomplete, intended for 23-Christian Chun.</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>3-16-MIA 16 (11:54) 10-Ted Bryant pass Pass knocked down by 54-Brian Silverberg. incomplete, intended for 15-Erik Acord.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>4-16-MIA 16 (11:51) 13-Thomas Bennett 33 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-MIA 23 (11:49) 42-Matthew Ulmer ran to MIA 28 for 6 yards. Tackle by 96-Odell Smith.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-4-MIA 28 (11:09) 21-Johnny Walls ran to MIA 29 for 1 yards. Tackle by 53-Anthony Sipple.</t>
   </si>
@@ -1061,51 +1061,51 @@
   <si>
     <t>MIA 45</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-1-MIA 45 (8:35) 5-Tommy Arnold pass complete to 11-David Cooper to TBY 47 for 8 yards. Tackle by 40-David Jones.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>1-10-TBY 47 (7:52) 42-Matthew Ulmer ran to TBY 44 for 3 yards. Tackle by 74-Lawerence Garcia. MIA 74-Theodore Clark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>TBY 44</t>
   </si>
   <si>
     <t>2-7-TBY 44 (7:14) 21-Johnny Walls ran to TBY 42 for 1 yards. Tackle by 96-John Jackson.</t>
   </si>
   <si>
-    <t>#54 Adam Hale - RG</t>
+    <t>#60 Adam Hale - RG</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>TBY 42</t>
   </si>
   <si>
     <t>3-6-TBY 42 (6:42) 5-Tommy Arnold pass Pass knocked down by 30-Anthony Padilla. incomplete, intended for 11-David Cooper.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>4-6-TBY 42 (6:39) 6-Kenneth Hammond punts 36 yards to TBY 6. Fair Catch by 15-Erik Acord.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>TBY 6</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -2141,94 +2141,94 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="318.351" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>