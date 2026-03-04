--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,69 +284,69 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Robert Davis kicks 64 yards from HOU 35 to IND 1. 11-Lorenzo Davis to IND 34 for 33 yards. Tackle by 19-Robert Davis.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
-[...2 lines deleted...]
-    <t>#37 Gene Sanders - FS</t>
+    <t>#42 Aaron Hower - FS</t>
+  </si>
+  <si>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
     <t>#19 Robert Davis - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>IND 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -356,93 +356,93 @@
   <si>
     <t>1-10-IND 34 (14:56) 6-Brady Durst pass complete to 80-Clement Ohara to IND 35 for 1 yards. Tackle by 51-Andrew Turner.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#41 Robert Palmer - RB</t>
   </si>
   <si>
     <t>#46 James Reeves - FB</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
     <t>#80 Clement Ohara - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#78 Donald Nation - DT</t>
   </si>
   <si>
     <t>#95 Vernon Bang - DT</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
     <t>#49 William Howard - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#38 Jacob Hoffman - SS</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-IND 35 (14:12) 41-Robert Palmer ran to IND 34 for -1 yards. Tackle by 49-William Howard.</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
     <t>#82 Jason Zeitler - TE</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
@@ -497,84 +497,84 @@
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Counter Middle</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 48 (12:53) 26-Timothy Dickerman ran to IND 38 for 15 yards. Tackle by 1-Aaron Hower.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#93 Rodolfo Colson - SLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>I Formation Twin WR Hook Ins</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-IND 38 (12:17) 5-Howard Ahmad pass INTERCEPTED by 1-Aaron Hower at IND 27. 1-Aaron Hower to IND 27 for 0 yards. Tackle by 87-Anthony Ulrich.</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
@@ -740,66 +740,66 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-HOU 18 (6:31) 16-William Abraham 36 yard field goal is GOOD. HOU 0 IND 3</t>
   </si>
   <si>
     <t>#16 William Abraham - K</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#93 Jeff Miller - SLB</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>(6:28) 16-William Abraham kicks 75 yards from IND 35 to HOU -10. Touchback.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-HOU 25 (6:28) 26-Timothy Dickerman ran to HOU 29 for 4 yards. Tackle by 50-Edward Colon.</t>
   </si>
   <si>
-    <t>#83 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-6-HOU 29 (5:44) 5-Howard Ahmad ran to HOU 37 for 9 yards. 5-Howard Ahmad slides to avoid being hit.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>HOU 37</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
@@ -1010,51 +1010,51 @@
   <si>
     <t>IND 3</t>
   </si>
   <si>
     <t>1-3-IND 3 (10:36) 5-Howard Ahmad pass Pass knocked down by 1-Aaron Hower. incomplete, intended for 17-Todd Ayers.</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>2-3-IND 3 (10:32) 5-Howard Ahmad pass complete to 44-David Ambrose to IND 0 for 3 yards. TOUCHDOWN! 44-David Ambrose made a great move on the CB. HOU 6 IND 3</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>(10:29) Extra point GOOD by 19-Robert Davis. HOU 7 IND 3</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#92 John Cyr - RDE</t>
   </si>
   <si>
     <t>#90 Williams Richardson - RDE</t>
   </si>
   <si>
     <t>(10:29) 19-Robert Davis kicks 69 yards from HOU 35 to IND -4. Touchback.</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-IND 25 (10:29) 6-Brady Durst pass complete to 80-Clement Ohara to IND 29 for 4 yards. Tackle by 29-Carlos Hanks.</t>
   </si>