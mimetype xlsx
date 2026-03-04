--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -305,165 +305,165 @@
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
     <t>#23 Kenneth Well - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#24 Harold Harrison - CB</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
-    <t>#78 Norman Pettaway - RDE</t>
+    <t>#90 Norman Pettaway - DT</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
-    <t>#3 Eric Wiggins - K</t>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>I Formation 3WR WR Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-OAK 28 (14:55) 18-John Wade pass complete to 87-Roberto Altman to OAK 36 for 8 yards. Tackle by 39-John Schoch.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#87 Roberto Altman - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
-    <t>#92 Roberto Park - RDE</t>
+    <t>#99 Roberto Park - RDE</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#98 Michael Adair - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#39 John Schoch - SS</t>
   </si>
   <si>
     <t>#24 Gary Hickman - SS</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-2-OAK 36 (14:14) 20-Pete Gardner ran to OAK 46 for 10 yards. Tackle by 24-Gary Hickman.</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
-    <t>#77 Emery Cleveland - DT</t>
+    <t>#51 Emery Cleveland - DT</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>OAK 46</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 46 (13:29) 18-John Wade pass complete to 88-Mark Velez to LAA 42 for 12 yards. Tackle by 98-Michael Adair.</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-3-LAA 35 (12:12) 20-Pete Gardner ran to LAA 28 for 7 yards. Tackle by 23-Paul Johnson.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>LAA 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LAA 28 (11:38) 31-Gerald Hanes ran to LAA 29 for -1 yards. Tackle by 92-Roberto Park.</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>#30 Jerry Sanchez - RB</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>#75 Ralph Jelks - LDE</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>LAA 29</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-11-LAA 29 (10:55) 18-John Wade pass Pass knocked down by 46-Bobby Bier. incomplete, intended for 10-Kenneth Nale.</t>
   </si>
@@ -542,57 +542,57 @@
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-LAA 29 (10:49) 15-Robert Johnson 47 yard field goal is GOOD. OAK 3 LAA 0</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>#57 Dennis Doris - RDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>(10:46) 15-Robert Johnson kicks 74 yards from OAK 35 to LAA -9. Touchback.</t>
   </si>
   <si>
     <t>#48 John Wolf - RB</t>
   </si>
   <si>
     <t>#88 Eugene Tullos - WR</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
@@ -614,102 +614,102 @@
   <si>
     <t>#19 Dale Hopkins - WR</t>
   </si>
   <si>
     <t>#17 Mark Husband - WR</t>
   </si>
   <si>
     <t>#73 Mark Snow - LG</t>
   </si>
   <si>
     <t>#60 Daniel Ellerbee - LG</t>
   </si>
   <si>
     <t>#51 Stephen Calcote - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#11 Jose Matias - RT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...2 lines deleted...]
-    <t>#48 Robert Carter - SLB</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>3-4 Normal Cover 4</t>
   </si>
   <si>
     <t>2-10-LAA 25 (10:02) 7-Jonathan Harrison pass Pass knocked down by 48-Robert Carter. incomplete, intended for 48-John Wolf. LAA 51-Stephen Calcote was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-10-LAA 25 (9:59) 48-John Wolf ran to LAA 39 for 14 yards. Tackle by 28-Donald Lincoln.</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#71 Trevor Sales - C</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
   <si>
-    <t>#73 Clayton Brown - DT</t>
+    <t>#70 Clayton Brown - DT</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>LAA 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-LAA 39 (9:13) 38-Lanny Melton ran to LAA 48 for 9 yards. Tackle by 26-Charles Wells.</t>
   </si>
   <si>
     <t>#38 Lanny Melton - RB</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>LAA 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
@@ -995,51 +995,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-20-LAA 15 (11:36) 7-Jonathan Harrison pass complete to 84-Maurice Williams to LAA 45 for 30 yards. Tackle by 49-Coleman Cooper.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>LAA 45</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-LAA 45 (10:59) 7-Jonathan Harrison pass incomplete, intended for 43-Johnnie Phillips.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>2-10-LAA 45 (10:55) 38-Lanny Melton ran to OAK 48 for 7 yards. Tackle by 27-Gary Morse. PENALTY - Offsides (OAK 72-James Patton)</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>LAA 50</t>
   </si>
   <si>
     <t>2-5-LAA 50 (10:52) 7-Jonathan Harrison pass complete to 48-John Wolf to OAK 46 for 4 yards. Tackle by 49-Henry Simmons. 48-John Wolf breaks down the CB.</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>3-1-OAK 46 (10:06) 7-Jonathan Harrison pass Pass knocked down by 24-Harold Harrison. incomplete, intended for 86-Jeffery Hufford. LAA 11-Jose Matias was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-OAK 46 (10:02) 14-Robert Welch punts 48 yards to OAK -2.4-1-OAK 46 (10:02) 14-Robert Welch punts 48 yards to OAK -2. Touchback.</t>
   </si>
@@ -2202,51 +2202,51 @@
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>