--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jonathan McCord kicks 74 yards from NYN 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -365,144 +365,144 @@
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
-    <t>#58 Noah McBee - SLB</t>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:57) 16-Ronnie Pepin pass Pass knocked down by 47-Jamie Miller. incomplete, intended for 12-Kennith Lawrence.</t>
   </si>
   <si>
     <t>#12 Kennith Lawrence - WR</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#26 James Blackwell - FS</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-10-BAL 25 (14:54) 16-Ronnie Pepin pass incomplete, intended for 12-Kennith Lawrence.</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-BAL 25 (14:50) 13-Samuel Owens punts 46 yards to NYN 29. 13-Larry Thomas to NYN 39 for 10 yards. Tackle by 91-Robert Ross.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>#13 Larry Thomas - WR</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>14:41</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 39 (14:42) 35-Vicente Degnan ran to NYN 39 for a short gain. Tackle by 36-William Jacobs.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
@@ -545,81 +545,81 @@
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-NYN 39 (14:07) 35-Vicente Degnan ran to BAL 41 for 20 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>BAL 41</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-BAL 41 (13:21) 30-Troy Rivers ran to BAL 31 for 10 yards. Tackle by 37-William Ong.</t>
   </si>
   <si>
-    <t>#87 Jasper Noonan - TE</t>
+    <t>#34 Jasper Noonan - FB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>BAL 31</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-BAL 31 (12:42) 9-Thomas Parsley pass complete to 19-Danny Ware to BAL 16 for 15 yards. Tackle by 92-Kyle Koch. 19-Danny Ware did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>BAL 16</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>1-10-BAL 16 (11:55) 9-Thomas Parsley pass complete to 17-Brandon Saldana for 16 yards. TOUCHDOWN! 17-Brandon Saldana made a great move on the CB. NYN 6 BAL 0</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#15 Charles Powers - WR</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:52) Extra point GOOD by 3-Jonathan McCord. NYN 7 BAL 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
     <t>#69 Joseph Vannoy - LG</t>
   </si>
@@ -1508,51 +1508,51 @@
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-NYN 41 (9:12) 21-Robert Thacker ran to NYN 41 for a short loss. Tackle by 97-Robert McCullough.</t>
   </si>
   <si>
     <t>#21 Robert Thacker - RB</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-NYN 41 (8:32) 30-Richard Mulholland ran to NYN 42 for -1 yards. Tackle by 54-Rafael Kirk.</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>3-11-NYN 42 (7:59) 16-Ronnie Pepin sacked at NYN 48 for -6 yards (91-Kyle Connor). Sack allowed by 71-John Metz.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>4-17-NYN 48 (7:16) 13-Samuel Owens punts 48 yards to NYN 0. NYN 59-Steven Jung was injured on the play. He looks like he should be able to return.4-17-NYN 48 (7:16) 13-Samuel Owens punts 48 yards to NYN 0. Touchback. NYN 59-Steven Jung was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>NYN 20</t>
   </si>
   <si>
     <t>1-10-NYN 20 (7:08) PENALTY - False Start (NYN 62-Landon Everhart)</t>
   </si>
@@ -2289,78 +2289,78 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="395.046" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">