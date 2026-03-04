--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,147 +290,147 @@
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Russell Everett kicks 74 yards from CHI 35 to GBY -9. 45-James Haug to GBY 11 for 21 yards. Tackle by 49-Donald Cronk.</t>
   </si>
   <si>
     <t>#45 James Haug - RB</t>
   </si>
   <si>
     <t>#97 Kyle Smith - DT</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
   <si>
-    <t>#98 James Caldwell - WLB</t>
-[...2 lines deleted...]
-    <t>#28 David Griffin - FS</t>
+    <t>#54 James Caldwell - WLB</t>
+  </si>
+  <si>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
-    <t>#99 Nelson Macrae - MLB</t>
+    <t>#96 Nelson Macrae - MLB</t>
   </si>
   <si>
     <t>#96 John Chamlee - MLB</t>
   </si>
   <si>
     <t>#21 Matt Johnson - CB</t>
   </si>
   <si>
     <t>#93 Thomas Murphy - SLB</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>GBY 11</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-GBY 11 (14:57) 30-Edward Doran ran to GBY 11 for a short loss. Tackle by 91-Charles Hensley.</t>
   </si>
   <si>
     <t>#8 Kirk Harrelson - QB</t>
   </si>
   <si>
     <t>#30 Edward Doran - RB</t>
   </si>
   <si>
-    <t>#34 James Wallace - RB</t>
+    <t>#87 James Wallace - TE</t>
   </si>
   <si>
     <t>#21 Tom Basil - FB</t>
   </si>
   <si>
-    <t>#84 James Jones - TE</t>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
-    <t>#68 Larry Koehler - LT</t>
+    <t>#75 Larry Koehler - RT</t>
   </si>
   <si>
     <t>#50 John Carpenter - LG</t>
   </si>
   <si>
-    <t>#73 David McClain - C</t>
+    <t>#75 David McClain - C</t>
   </si>
   <si>
     <t>#61 Orlando Miller - RG</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#73 Edward Ashby - DT</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-GBY 11 (14:15) 45-James Haug ran to GBY 10 for -1 yards. Tackle by 56-Juan Dryden.</t>
   </si>
@@ -458,102 +458,102 @@
   <si>
     <t>#58 Albert Burns - C</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-GBY 10 (13:34) 1-Mark Hamill punts 46 yards to CHI 44. 38-Peter Hulett to CHI 50 for 6 yards. Tackle by 99-Nelson Macrae.</t>
   </si>
   <si>
     <t>#1 Mark Hamill - P</t>
   </si>
   <si>
     <t>#88 Robert Pollard - TE</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#66 Gordon Brickley - LT</t>
   </si>
   <si>
-    <t>#69 John Burns - RDE</t>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>CHI 50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CHI 50 (13:25) 38-Peter Hulett ran to GBY 49 for 1 yards. Tackle by 93-Thomas Murphy.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#21 Sidney Quisenberry - RB</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#87 Roy Heiss - TE</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#93 Lyle Gleason - RDE</t>
   </si>
   <si>
     <t>#60 Walter Acosta - DT</t>
   </si>
   <si>
     <t>#55 Gary McKinney - SLB</t>
   </si>
   <si>
     <t>#24 Jason Estes - CB</t>
   </si>
   <si>
     <t>#23 Matt Seaborn - CB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
@@ -671,57 +671,57 @@
   <si>
     <t>#72 Luther Kincaid - DT</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>GBY 12</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-GBY 12 (8:30) 3-Russell Everett 31 yard field goal is GOOD. GBY 0 CHI 3</t>
   </si>
   <si>
     <t>#65 Peter Ostrowski - RG</t>
   </si>
   <si>
     <t>#63 Danny Anderson - LT</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>#54 Robert Schaefer - SLB</t>
   </si>
   <si>
-    <t>#70 Paul Moses - LDE</t>
+    <t>#70 Paul Moses - RDE</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>(8:28) 3-Russell Everett kicks 74 yards from CHI 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-GBY 25 (8:28) 8-Kirk Harrelson pass incomplete, dropped by 84-James Jones. That was a dangerous pass. Pressure by 94-Scot Fick.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>2-10-GBY 25 (8:23) 45-James Haug ran to GBY 26 for 1 yards. Tackle by 51-Angelo Sadler.</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
@@ -1148,51 +1148,51 @@
   <si>
     <t>2-5-CHI 24 (5:33) 30-Edward Doran ran to CHI 20 for 4 yards. Tackle by 76-Darryl Hurt.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>3-1-CHI 20 (4:53) 45-James Haug ran to CHI 21 for -1 yards. Tackle by 51-Angelo Sadler.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>CHI 21</t>
   </si>
   <si>
     <t>4-1-CHI 21 (4:09) 3-Michael Dockery 39 yard field goal is GOOD. GBY 3 CHI 3</t>
   </si>
   <si>
     <t>#3 Michael Dockery - K</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(4:06) 3-Michael Dockery kicks 71 yards from GBY 35 to CHI -6. Touchback.</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-CHI 25 (4:06) 38-Peter Hulett ran to CHI 25 for a short gain. Tackle by 93-Lyle Gleason.</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>2-10-CHI 25 (3:27) 16-Charles Myers pass complete to 85-Dennis Miller to CHI 38 for 12 yards. Tackle by 28-David Griffin. PENALTY - Pass Interference (GBY 93-Thomas Murphy) (Declined)</t>
   </si>
@@ -1634,51 +1634,51 @@
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>1-10-CHI 37 (8:57) 16-Charles Myers sacked at CHI 28 for -10 yards (97-Kyle Smith). Sack allowed by 21-Sidney Quisenberry.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>2-20-CHI 28 (8:16) 38-Peter Hulett ran to CHI 32 for 4 yards. Tackle by 54-Robert Schaefer.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>3-15-CHI 32 (7:41) 16-Charles Myers pass complete to 21-Sidney Quisenberry to GBY 44 for 24 yards. Tackle by 28-David Griffin. CHI 61-Kevin Alder was injured on the play.</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>1-10-GBY 44 (7:05) 38-Peter Hulett ran to GBY 40 for 3 yards. Tackle by 96-John Chamlee. CHI 32-Michael Jacques was injured on the play.</t>
   </si>
   <si>
-    <t>#32 Michael Jacques - RB</t>
+    <t>#23 Michael Jacques - RB</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>GBY 40</t>
   </si>
   <si>
     <t>2-7-GBY 40 (6:23) 16-Charles Myers pass INTERCEPTED by 24-Jason Estes at GBY 35. 24-Jason Estes to CHI 16 for 49 yards.</t>
   </si>
   <si>
     <t>CHI 16</t>
   </si>
   <si>
     <t>1-10-CHI 16 (6:12) 45-James Haug ran to CHI 12 for 4 yards. Tackle by 56-Juan Dryden.</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>CHI 12</t>
   </si>
   <si>
     <t>2-6-CHI 12 (5:34) 45-James Haug ran to CHI 5 for 7 yards. Tackle by 40-Robert Vasquez.</t>
   </si>
@@ -1730,51 +1730,51 @@
   <si>
     <t>#19 Jose Wills - WR</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>GBY 2</t>
   </si>
   <si>
     <t>(3:40) 16-Charles Myers pass incomplete, intended for 32-Michael Jacques.</t>
   </si>
   <si>
     <t>#83 Martin Mitchell - WR</t>
   </si>
   <si>
     <t>Onsides Kick Onside Kick</t>
   </si>
   <si>
     <t>Onsides Kick Return Onside Kick Return</t>
   </si>
   <si>
     <t>(3:40) Onside kick by 3-Russell Everett from CHI 35 Kick went out of bounds, re-kick.</t>
   </si>
   <si>
-    <t>#15 Alfonso Chavez - WR</t>
+    <t>#7 Alfonso Chavez - WR</t>
   </si>
   <si>
     <t>#16 Frank Steven - WR</t>
   </si>
   <si>
     <t>(3:40) Onside kick by 3-Russell Everett from CHI 30 recovered by CHI-83-Martin Mitchell at CHI 43. Tackle by 21-Matt Johnson.</t>
   </si>
   <si>
     <t>CHI 43</t>
   </si>
   <si>
     <t>1-10-CHI 43 (3:40) 16-Charles Myers pass Pass knocked down by 23-Matt Seaborn. incomplete, intended for 80-Brent Rendon.</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>2-10-CHI 43 (3:35) 16-Charles Myers pass complete to 32-Michael Jacques to CHI 42 for -1 yards. Tackle by 41-Floyd Jackson.</t>
   </si>
   <si>
     <t>3-11-CHI 42 (3:14) 16-Charles Myers pass Pass knocked down by 24-Jason Estes. incomplete, intended for 14-Francisco Medrano.</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
@@ -2229,51 +2229,51 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>