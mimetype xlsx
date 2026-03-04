--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,81 +284,81 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Mark Graham kicks 68 yards from PHI 35 to MIN -3. Touchback.</t>
   </si>
   <si>
     <t>#30 Bruce Allen - RB</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
+    <t>#66 Cecil Ruiz - LT</t>
   </si>
   <si>
     <t>#76 Harold Graham - LDE</t>
   </si>
   <si>
     <t>#31 Isaac Millis - CB</t>
   </si>
   <si>
     <t>#53 Anthony Harrison - MLB</t>
   </si>
   <si>
     <t>#49 Steven Jackson - SS</t>
   </si>
   <si>
     <t>#40 Tyler Davis - CB</t>
   </si>
   <si>
     <t>#72 Terry Pinter - C</t>
   </si>
   <si>
     <t>#45 Brett Harris - SLB</t>
   </si>
   <si>
     <t>#52 Jesse Billiot - MLB</t>
   </si>
   <si>
     <t>#78 Donald Daye - LDE</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
+    <t>#13 Mark Graham - K</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MIN 25 (15:00) 30-Bruce Allen ran to MIN 25 for a short loss. Tackle by 52-Ronnie Inman.</t>
   </si>
   <si>
     <t>#18 Zachery Mendez - QB</t>
   </si>
   <si>
     <t>#25 Joesph Kent - RB</t>
   </si>
   <si>
     <t>#80 Rodrigo Seymour - WR</t>
   </si>
@@ -452,105 +452,105 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-MIN 29 (13:37) 15-George Woodworth punts 46 yards to PHI 25. Fair Catch by 85-Enrique Jones.</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
     <t>#72 Larry Harding - C</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>#54 Travis Baird - RDE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (13:30) 47-Timothy Villarreal ran to PHI 35 for 10 yards. Tackle by 34-Roland Gibson. PHI 66-Darren Alexander was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Jason Nevels - QB</t>
   </si>
   <si>
     <t>#47 Timothy Villarreal - RB</t>
   </si>
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
     <t>#66 Darren Alexander - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#77 David Malone - DT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>#34 Roland Gibson - FS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 35 (12:56) 14-Jason Nevels pass incomplete, intended for 81-Aaron Williams. MIN 77-David Malone was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#34 James McGahey - RB</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-5-MIN 13 (7:37) 47-Timothy Villarreal ran to MIN 11 for 2 yards. Tackle by 94-Marvin Smith.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>MIN 11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-MIN 11 (6:52) 10-Mark Graham 30 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#60 Jordan Su - C</t>
+    <t>#57 Jordan Su - C</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 20 (6:50) 18-Zachery Mendez sacked at MIN 12 for -8 yards (75-Randall Baker). Sack allowed by 62-Cecil Ruiz. 62-Cecil Ruiz was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>MIN 12</t>
   </si>
@@ -818,84 +818,84 @@
   <si>
     <t>1-10-MIN 12 (4:30) 18-Zachery Mendez pass complete to 83-William Gorman to PHI 20 for 68 yards. Tackle by 44-Marvin Kuhn. MIN 30-Bruce Allen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-PHI 20 (3:39) 25-Joesph Kent ran to PHI 18 for 2 yards. Tackle by 97-John Babich.</t>
   </si>
   <si>
     <t>#32 Stanley Eells - RB</t>
   </si>
   <si>
     <t>#85 Barry Brownlow - WR</t>
   </si>
   <si>
     <t>#33 Tim Wynn - WR</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#30 Leroy Alsup - CB</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>PHI 18</t>
   </si>
   <si>
     <t>2-8-PHI 18 (3:04) 25-Joesph Kent ran to PHI 19 for -1 yards. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>PHI 19</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-9-PHI 19 (2:27) 18-Zachery Mendez pass incomplete, intended for 81-Kevin Jackson.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>4-9-PHI 19 (2:24) 10-Jaime Jacobs 36 yard field goal is GOOD. MIN 3 PHI 0</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>#53 Paul Stover - DT</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(2:21) 10-Jaime Jacobs kicks 74 yards from MIN 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 25 (2:21) 14-Jason Nevels pass complete to 15-Cody Schmidt to PHI 38 for 13 yards. Tackle by 49-Steven Jackson. 15-Cody Schmidt made a great move on the CB. Pressure by 76-Harold Graham.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
@@ -2354,52 +2354,52 @@
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>