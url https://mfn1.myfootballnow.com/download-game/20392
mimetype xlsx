--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,189 +284,189 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Hugh Goldstein kicks 64 yards from NED 35 to JAX 1. 41-Michael Hopes to JAX 23 for 23 yards. Tackle by 20-Darryl Atkinson. NED 35-Francis Escobedo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
-    <t>#46 Bryan Hutchins - FS</t>
-[...2 lines deleted...]
-    <t>#27 John Putnam - CB</t>
+    <t>#46 Bryan Hutchins - DT</t>
+  </si>
+  <si>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...5 lines deleted...]
-    <t>#95 John Noe - WLB</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#75 Carl Villegas - DT</t>
+  </si>
+  <si>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#29 Kenneth Debusk - CB</t>
+    <t>#29 Kenneth Debusk - DT</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
     <t>#3 Hugh Goldstein - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>JAX 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 23 (14:57) 15-Damian Barnett pass complete to 84-John Gross to JAX 36 for 13 yards. Tackle by 99-Randall Rivera. PENALTY - Defensive Holding (NED 47-Milton Wright) (Declined)</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#28 Damien Nash - RB</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#83 Brady James - WR</t>
   </si>
   <si>
     <t>#85 Dennis Holder - WR</t>
   </si>
   <si>
     <t>#12 Lee Jacobsen - WR</t>
   </si>
   <si>
     <t>#59 Raymond Hill - LT</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#73 Daren Barrientos - C</t>
   </si>
   <si>
     <t>#76 Oliver Murphy - RG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#71 Marcus Behrens - DT</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
     <t>#55 Dwight Hall - RDE</t>
   </si>
   <si>
     <t>#99 Randall Rivera - MLB</t>
   </si>
   <si>
-    <t>#51 William Hillhouse - WLB</t>
+    <t>#91 William Hillhouse - DT</t>
   </si>
   <si>
     <t>#47 Milton Wright - CB</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
     <t>#44 Jeffrey Cantor - CB</t>
   </si>
   <si>
     <t>#49 James Fletcher - SS</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>JAX 36</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-JAX 36 (14:53) 15-Damian Barnett pass complete to 82-Jeff Hayes to JAX 42 for 5 yards. Tackle by 48-Justin Hucks.</t>
   </si>
   <si>
     <t>#82 Jeff Hayes - TE</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
-[...2 lines deleted...]
-    <t>#20 Darryl Atkinson - CB</t>
+    <t>#39 Justin Hucks - FS</t>
+  </si>
+  <si>
+    <t>#44 Darryl Atkinson - CB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>JAX 42</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-JAX 42 (14:10) 15-Damian Barnett pass complete to 28-Damien Nash to JAX 46 for 5 yards. Pushed out of bounds by 48-Justin Hucks.</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>JAX 46</t>
   </si>
@@ -530,216 +530,216 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-9-NED 48 (11:24) 15-Damian Barnett sacked at JAX 41 for -10 yards (75-Don Cross). Sack allowed by 84-John Gross.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>JAX 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-19-JAX 41 (10:44) 6-Jerome Shearer punts 57 yards to NED 1.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
     <t>#71 Jesse Reid - C</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>NED 1</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NED 1 (10:34) 23-William Byars ran to NED 1 for a short loss. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
+    <t>#23 William Byars - WR</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#53 Jeffrey Malinowski - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
+    <t>#90 John Richards - LDE</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-10-NED 1 (9:56) 9-David Gram pass incomplete, dropped by 18-Marshall Murphy. JAX 50-Robert Coker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#66 Christopher Hord - RT</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-10-NED 1 (9:54) 9-David Gram pass complete to 18-Johnny Wells to NED 13 for 12 yards. Tackle by 27-John Putnam.</t>
   </si>
   <si>
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>NED 13</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NED 13 (9:12) PENALTY - False Start (NED 18-Johnny Wells)</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
+    <t>#42 Sean Haun - FB</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>NED 8</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-15-NED 8 (9:12) 23-William Byars ran to NED 7 for -1 yards. Tackle by 52-Fernando Noe.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>NED 7</t>
   </si>
   <si>
     <t>2-16-NED 7 (8:37) 23-William Byars ran to NED 13 for 6 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>#33 Joseph Escamilla - RB</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-NED 13 (7:59) 23-William Byars ran to NED 12 for -2 yards. Tackle by 95-John Noe.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>NED 12</t>
   </si>
   <si>
     <t>4-11-NED 12 (7:19) 1-Jeremiah Jessup punts 56 yards to JAX 32.</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
-[...5 lines deleted...]
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#74 Jose Owens - LT</t>
+  </si>
+  <si>
+    <t>#64 Sean Smith - LG</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#49 Edward Holmes - FS</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-JAX 32 (7:08) 36-Robert Russell ran to JAX 42 for 10 yards. Tackle by 49-James Fletcher.</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
@@ -812,123 +812,123 @@
   <si>
     <t>NED 45</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-20-NED 45 (3:58) 15-Damian Barnett pass complete to 28-Damien Nash to NED 42 for 2 yards. Tackle by 51-William Hillhouse.</t>
   </si>
   <si>
     <t>3:14</t>
   </si>
   <si>
     <t>NED 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-18-NED 42 (3:13) 36-Robert Russell ran to NED 42 for a short loss. Tackle by 70-Michael Williams.</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>3-18-NED 42 (2:37) 36-Robert Russell ran to NED 36 for 6 yards. Tackle by 99-Randall Rivera.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>NED 36</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-NED 36 (1:56) 4-Edward Frailey 54 yard field goal is GOOD. JAX 3 NED 0</t>
   </si>
   <si>
     <t>#2 Raymond Evans - P</t>
   </si>
   <si>
     <t>#4 Edward Frailey - K</t>
   </si>
   <si>
     <t>#60 Austin Shaw - RT</t>
   </si>
   <si>
     <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
-    <t>#50 Paul Winters - MLB</t>
+    <t>#50 Paul Winters - SLB</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>(1:52) 4-Edward Frailey kicks 67 yards from JAX 35 to NED -2. 18-Marshall Murphy to NED 31 for 34 yards. Tackle by 52-Fernando Noe.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>NED 31</t>
   </si>
   <si>
     <t>1-10-NED 31 (1:46) 33-Joseph Escamilla ran to NED 32 for 1 yards. Tackle by 91-Michael McDowell.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>#99 Michael Phipps - DT</t>
   </si>
   <si>
-    <t>#94 Alfonso King - MLB</t>
-[...2 lines deleted...]
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>NED 32</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-9-NED 32 (1:03) 9-David Gram pass Pass knocked down by 41-Michael Hopes. incomplete, intended for 84-Sean Haun. JAX 65-Keith Frazier was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
@@ -2376,95 +2376,95 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="393.904" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>