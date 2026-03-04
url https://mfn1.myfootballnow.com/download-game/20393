--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,120 +290,120 @@
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Thomas Spielman kicks 75 yards from NOS 35 to NYA -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
-[...2 lines deleted...]
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#45 John Stewart - CB</t>
+  </si>
+  <si>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#3 Thomas Spielman - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 10-Gregory Moran pass INTERCEPTED by 33-Fredrick Jackson at NYA 30. 33-Fredrick Jackson to NYA 30 for -0 yards. Tackle by 84-Brian Kucera. 33-Fredrick Jackson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>4-9-NYA 26 (11:41) 7-Richard Pearce punts 48 yards to NOS 26. Fair Catch by 10-Samuel Keyser.</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#45 Glenn Galvin - CB</t>
   </si>
   <si>
     <t>#53 Lewis Marshall - MLB</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>#30 Fletcher Henderson - CB</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>NOS 26</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-NOS 26 (11:35) 28-Ronald Luna ran to NOS 34 for 8 yards. Tackle by 21-William Lachance.</t>
   </si>
   <si>
     <t>#86 Israel Pape - WR</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>NOS 34</t>
   </si>
@@ -1199,63 +1199,63 @@
   <si>
     <t>2-10-NOS 42 (1:33) 2-Martin Newsome pass Pass knocked down by 39-Theron Goodwin. incomplete, intended for 80-Howard Norwood. Pressure by 74-Chris Kushner. PENALTY - Pass Interference (NYA 97-Edward Dominguez)</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>NOS 48</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-NOS 48 (1:29) 2-Martin Newsome pass incomplete, intended for 84-Charles Uresti. Pressure by 76-Richard Britt.</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>2-10-NOS 48 (1:24) 2-Martin Newsome sacked at NOS 42 for -6 yards (74-Chris Kushner). Sack allowed by 65-William Vandyke. NYA 71-Ralph Roberts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#48 Andrew Hood - SS</t>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-16-NOS 42 (1:03) 2-Martin Newsome pass incomplete, dropped by 84-Charles Uresti.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>4-16-NOS 42 (1:00) 7-Gary Anderson punts 41 yards to NYA 18. 40-Jose Hernandez to NYA 49 for 32 yards. Tackle by 7-Gary Anderson.</t>
   </si>
   <si>
     <t>#7 Gary Anderson - P</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>1-10-NYA 49 (0:48) 10-Gregory Moran pass Pass knocked down by 95-Joe Green. incomplete, intended for 84-Brian Kucera.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
@@ -2268,100 +2268,100 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="415.184" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">