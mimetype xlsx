--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,72 +293,72 @@
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 77-Clifford Marcus kicks 54 yards from DAL 35 to BAL 11. 18-Marvin Allen to BAL 27 for 16 yards. Tackle by 23-Edgar Atkinson.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 27</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 27 (14:57) 16-Ronnie Pepin pass Pass knocked down by 55-Kevin Tapp. incomplete, intended for 46-Christopher Tyson. 55-Kevin Tapp got away with a hold on that play.</t>
   </si>
   <si>
     <t>#16 Ronnie Pepin - QB</t>
   </si>
   <si>
     <t>#46 Christopher Tyson - RB</t>
   </si>
@@ -368,171 +368,171 @@
   <si>
     <t>#12 Kennith Lawrence - WR</t>
   </si>
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#98 Dustin Vanish - RDE</t>
   </si>
   <si>
-    <t>#96 William Cleveland - LDE</t>
+    <t>#95 William Cleveland - DT</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
-    <t>#91 Joseph Lamb - SLB</t>
-[...5 lines deleted...]
-    <t>#55 Kevin Tapp - WLB</t>
+    <t>#76 Joseph Lamb - RDE</t>
+  </si>
+  <si>
+    <t>#91 Juan Biller - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
-    <t>#36 Christopher Cohen - CB</t>
+    <t>#22 Christopher Cohen - CB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BAL 27 (14:53) 16-Ronnie Pepin pass INTERCEPTED by 36-Christopher Cohen at BAL 36. 36-Christopher Cohen to BAL 36 for 0 yards. Tackle by 18-Marvin Allen. PENALTY - Holding (BAL 74-Alberto Tynes) (Declined)</t>
   </si>
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
-    <t>#70 Thomas Marino - DT</t>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-BAL 36 (14:51) 2-Joey Bowers ran to BAL 28 for 9 yards. Tackle by 37-William Ong.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...29 lines deleted...]
-    <t>#70 Emil Demoss - DT</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#60 Leroy Zimmerman - RG</t>
+  </si>
+  <si>
+    <t>#88 Ian Isenhour - TE</t>
+  </si>
+  <si>
+    <t>#12 Benjamin Nguyen - WR</t>
+  </si>
+  <si>
+    <t>#9 Roger Firth - WR</t>
+  </si>
+  <si>
+    <t>#61 Ryan Pak - LG</t>
+  </si>
+  <si>
+    <t>#58 Vincent Swenson - C</t>
+  </si>
+  <si>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
+  </si>
+  <si>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>BAL 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-1-BAL 28 (14:09) (Hot Read) 4-Patrick Camp sacked at BAL 35 for -8 yards (92-Kyle Koch) 4-Patrick Camp FUMBLES (92-Kyle Koch) recovered by BAL-92-Kyle Koch to DAL 23 for 39 yards.</t>
   </si>
   <si>
-    <t>#24 Adam Byler - RB</t>
-[...2 lines deleted...]
-    <t>#40 Albert Ponce - RB</t>
+    <t>#5 Adam Byler - RB</t>
+  </si>
+  <si>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>DAL 23</t>
   </si>
   <si>
     <t>1-10-DAL 23 (13:59) 16-Ronnie Pepin pass Pass knocked down by 36-Christopher Cohen. incomplete, intended for 18-Marvin Allen.</t>
   </si>
   <si>
     <t>#23 Edgar Atkinson - CB</t>
   </si>
   <si>
     <t>13:55</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-DAL 23 (13:56) 46-Christopher Tyson ran to DAL 12 for 11 yards. Tackle by 41-Charles Wotring.</t>
   </si>
@@ -548,87 +548,87 @@
   <si>
     <t>1-10-DAL 12 (13:10) 41-Albert Turner ran to DAL 12 for a short gain. Tackle by 95-Edward Ortiz.</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-10-DAL 12 (12:35) 16-Ronnie Pepin pass incomplete, dropped by 19-Clinton Moses.</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>3-10-DAL 12 (12:33) 16-Ronnie Pepin pass Pass knocked down by 49-Aron Roberts. incomplete, intended for 18-Marvin Allen. Pressure by 73-Wade Friese.</t>
   </si>
   <si>
     <t>#2 Timothy Lord - FB</t>
   </si>
   <si>
-    <t>#93 Sean Boyce - LDE</t>
+    <t>#54 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-DAL 12 (12:29) 11-Richard Donlon 31 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#5 James Fried - QB</t>
   </si>
   <si>
     <t>#11 Richard Donlon - K</t>
   </si>
   <si>
     <t>#78 Christopher Moats - C</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
-[...5 lines deleted...]
-    <t>#57 Charles Couey - WLB</t>
+    <t>#90 James Franks - MLB</t>
+  </si>
+  <si>
+    <t>#51 Ronnie Ayers - RDE</t>
+  </si>
+  <si>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>DAL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-DAL 20 (12:27) 2-Joey Bowers ran to DAL 21 for 1 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>DAL 21</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
@@ -644,57 +644,57 @@
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>3-9-DAL 21 (11:50) 24-Adam Byler ran to DAL 26 for 4 yards. Tackle by 29-Adam Moore.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-DAL 26 (11:16) 13-Pedro Mitchell punts 24 yards to DAL 50.</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
-[...5 lines deleted...]
-    <t>#65 Joseph Nathan - C</t>
+    <t>#4 Pedro Mitchell - K</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#59 Joseph Nathan - C</t>
   </si>
   <si>
     <t>#72 Jim Ramirez - RDE</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>DAL 50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 50 (11:09) 46-Christopher Tyson ran to DAL 49 for 1 yards. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
     <t>#81 Larry Oconnor - TE</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
@@ -725,51 +725,51 @@
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>4-1-DAL 41 (9:06) 13-Samuel Owens punts 33 yards to DAL 8.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>DAL 8</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAL 8 (8:59) 2-Joey Bowers ran to DAL 19 for 11 yards. Tackle by 36-William Jacobs.</t>
   </si>
   <si>
-    <t>#62 John Lee - RT</t>
+    <t>#69 John Lee - RT</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>DAL 19</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>1-10-DAL 19 (8:22) 4-Patrick Camp pass complete to 24-Adam Byler to DAL 18 for -1 yards. Tackle by 58-Justin Norris.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>DAL 18</t>
   </si>
   <si>
     <t>2-11-DAL 18 (7:46) 24-Adam Byler ran to DAL 22 for 3 yards. Tackle by 95-Manuel Jaramillo.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-DAL 37 (3:49) 4-Patrick Camp pass complete to 2-Joey Bowers to DAL 36 for -1 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>DAL 36</t>
   </si>
   <si>
     <t>2-11-DAL 36 (3:15) 4-Patrick Camp pass complete to 24-Adam Byler to DAL 36 for 1 yards. Tackle by 58-Justin Norris.</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>3-10-DAL 36 (2:41) 4-Patrick Camp pass complete to 86-Manuel Lee to DAL 42 for 6 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
-    <t>#86 Ricardo Davis - WR</t>
+    <t>#4 Ricardo Davis - WR</t>
   </si>
   <si>
     <t>#86 Manuel Lee - WR</t>
   </si>
   <si>
     <t>#83 James Morse - WR</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>DAL 42</t>
   </si>
   <si>
     <t>4-5-DAL 42 (2:00) 13-Pedro Mitchell punts 24 yards to BAL 34.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>BAL 34</t>
   </si>
   <si>
     <t>1-10-BAL 34 (1:53) 46-Christopher Tyson ran to BAL 33 for -1 yards. Tackle by 54-Juan Biller.</t>
   </si>
@@ -1067,51 +1067,51 @@
   <si>
     <t>1-10-DAL 44 (13:10) 16-Ronnie Pepin pass incomplete, intended for 86-William Love.</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>2-10-DAL 44 (13:08) 16-Ronnie Pepin pass complete to 86-William Love to DAL 38 for 6 yards. Tackle by 49-Aron Roberts. PENALTY - Pass Interference (DAL 49-Aron Roberts)</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>DAL 38</t>
   </si>
   <si>
     <t>1-10-DAL 38 (13:04) 16-Ronnie Pepin sacked at DAL 46 for -7 yards (96-William Cleveland). Sack allowed by 67-Eddie Doherty. 16-Ronnie Pepin FUMBLES (96-William Cleveland) recovered by BAL-16-Ronnie Pepin at DAL 47. 16-Ronnie Pepin sacked at DAL 47 for -8 yards (70-Thomas Marino). Sack allowed by 74-Alberto Tynes.</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>2-18-DAL 47 (12:22) 16-Ronnie Pepin pass Pass knocked down by 25-Robert Murphy. incomplete, intended for 18-Marvin Allen.</t>
   </si>
   <si>
-    <t>#92 Mike Kline - MLB</t>
+    <t>#52 Mike Kline - MLB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-18-DAL 47 (12:19) 16-Ronnie Pepin pass incomplete, intended for 46-Christopher Tyson.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>4-18-DAL 47 (12:16) 13-Samuel Owens punts 53 yards to DAL -6.4-18-DAL 47 (12:16) 13-Samuel Owens punts 53 yards to DAL -6. Touchback.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-DAL 20 (12:09) 2-Joey Bowers ran to DAL 33 for 13 yards. Tackle by 36-William Jacobs. PENALTY - Holding (DAL 65-Joseph Nathan)</t>
   </si>
@@ -1127,51 +1127,51 @@
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-12-DAL 18 (11:31) 24-Adam Byler ran to DAL 29 for 11 yards. Tackle by 37-William Ong.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>DAL 29</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-DAL 29 (10:46) 4-Patrick Camp pass complete to 87-Ian Isenhour to DAL 34 for 5 yards. Tackle by 29-Adam Moore.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>DAL 34</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-DAL 34 (10:04) 2-Joey Bowers ran to DAL 35 for 1 yards. Tackle by 99-William Myrick.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>2-9-DAL 35 (9:22) 24-Adam Byler ran to DAL 36 for 2 yards. Tackle by 95-Manuel Jaramillo.</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>3-8-DAL 36 (8:40) 4-Patrick Camp pass incomplete, dropped by 2-Joey Bowers.</t>
   </si>
@@ -1247,51 +1247,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-3-BAL 37 (5:02) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to BAL 36 for 2 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
     <t>#43 Rod Carr - SS</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-1-BAL 36 (4:21) 4-Patrick Camp pass complete to 87-Ian Isenhour to BAL 27 for 9 yards. Tackle by 36-William Jacobs.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>1-10-BAL 27 (3:43) 40-Albert Ponce ran to BAL 26 for 1 yards. Tackle by 90-Matthew Gatewood.</t>
   </si>
   <si>
-    <t>#79 Edward Meador - TE</t>
+    <t>#63 Edward Meador - LG</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>BAL 26</t>
   </si>
   <si>
     <t>2-9-BAL 26 (3:06) 2-Joey Bowers ran to BAL 22 for 4 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>3-5-BAL 22 (2:28) 24-Adam Byler ran to BAL 14 for 8 yards. Tackle by 95-Manuel Jaramillo.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
@@ -2346,102 +2346,102 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>