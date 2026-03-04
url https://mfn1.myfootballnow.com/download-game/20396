--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 13-Bobby Montez kicks 70 yards from LOS 35 to NOS -5. Touchback.</t>
   </si>
   <si>
     <t>#39 Michael Buhl - RB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#45 Glenn Galvin - CB</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#53 Lewis Marshall - MLB</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#13 Bobby Montez - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#94 John Perreault - LDE</t>
   </si>
   <si>
     <t>#68 Thomas Pepper - RDE</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>LOS 17</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-LOS 17 (10:22) 3-Earnest Dean pass complete to 85-Russell Bayles to LOS 24 for 7 yards. Tackle by 20-Gary William. LOS 70-John Stewart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#85 Russell Bayles - TE</t>
   </si>
   <si>
     <t>#87 Joshua Hsieh - WR</t>
   </si>
   <si>
     <t>#53 Charles Beckham - LT</t>
   </si>
   <si>
     <t>#70 John Stewart - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
   <si>
     <t>#47 John Raines - FS</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>LOS 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-3-LOS 24 (9:38) 44-Roosevelt Bonilla ran to LOS 22 for -2 yards. Tackle by 92-Mark Parker.</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>#81 Walter Nawrocki - WR</t>
   </si>
   <si>
     <t>#24 Raymond Miller - LG</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>LOS 22</t>
   </si>
   <si>
     <t>3-5-LOS 22 (9:04) 44-Roosevelt Bonilla ran to LOS 25 for 3 yards. Tackle by 92-Mark Parker.</t>
   </si>
   <si>
     <t>#41 John Medley - RB</t>
   </si>
   <si>
     <t>#43 Juan Lamb - RB</t>
   </si>
   <si>
     <t>8:30</t>
   </si>