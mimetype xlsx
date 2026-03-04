--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,141 +293,141 @@
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-David Schwartz kicks 74 yards from NYA 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
     <t>#90 Ralph Garcia - DT</t>
   </si>
   <si>
     <t>#54 Jimmie Robinson - RG</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#5 David Schwartz - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 1-Rodney McRoberts pass Pass knocked down by 21-William Lachance. incomplete, intended for 31-James Fitzpatrick. Pressure by 41-Charles Wagner. PENALTY - Pass Interference (NYA 21-William Lachance)</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#65 Robert Heiden - RT</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#76 Richard Britt - DT</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
   <si>
     <t>#29 Randy Kramer - CB</t>
   </si>
   <si>
     <t>#21 William Lachance - SS</t>
   </si>
   <si>
     <t>#39 Theron Goodwin - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>ATL 30</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -524,168 +524,168 @@
   <si>
     <t>NYA 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NYA 47 (12:17) 13-John Hambright punts 53 yards to NYA -6.4-1-NYA 47 (12:17) 13-John Hambright punts 53 yards to NYA -6. Touchback.</t>
   </si>
   <si>
     <t>#13 John Hambright - P</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
+    <t>#45 John Stewart - CB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#58 John Starling - RG</t>
   </si>
   <si>
     <t>#71 John Moylan - LT</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>NYA 20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 20 (12:09) 10-Gregory Moran pass complete to 40-Jose Hernandez to NYA 31 for 11 yards. Tackle by 2-Malcom Brown.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#89 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>NYA 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NYA 31 (11:22) 40-Jose Hernandez ran to NYA 47 for 16 yards. Tackle by 26-Robert Lamberton. PENALTY - Holding (NYA 51-Brad Contreras)</t>
   </si>
   <si>
     <t>#11 Eric Harmon - WR</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>#34 Todd Brouwer - CB</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>NYA 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-20-NYA 21 (11:18) 25-Steven Bennett ran to NYA 24 for 3 yards. Tackle by 56-Rayford Russell.</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#81 Ray Palmer - TE</t>
   </si>
   <si>
-    <t>#92 Stephen Goble - LDE</t>
+    <t>#77 Stephen Goble - DT</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>NYA 24</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-17-NYA 24 (10:35) 10-Gregory Moran pass complete to 25-Steven Bennett to NYA 36 for 11 yards. Tackle by 2-Malcom Brown. PENALTY - Unnecessary Roughness (ATL 2-Malcom Brown)</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>ATL 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>3-6-ATL 29 (7:47) 40-Jose Hernandez ran to ATL 28 for 1 yards. Tackle by 96-Michael Jacks.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>ATL 28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-ATL 28 (7:04) 5-David Schwartz 46 yard field goal is GOOD. NYA 3 ATL 0</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>#43 Doug Boone - MLB</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>(7:01) 5-David Schwartz kicks 71 yards from NYA 35 to ATL -6. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ATL 25 (7:01) 47-Frank Upshaw ran to ATL 29 for 4 yards. Tackle by 21-William Lachance. ATL 31-James Fitzpatrick was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-6-ATL 29 (6:19) 47-Frank Upshaw ran to ATL 30 for a short gain. Tackle by 62-John Maurer.</t>
   </si>
@@ -1631,54 +1631,54 @@
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>2-10-NYA 44 (7:14) 34-Clifford Stith ran to NYA 35 for 10 yards. Tackle by 27-Eric Jones.</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>3-1-NYA 35 (6:32) 1-Rodney McRoberts pass complete to 47-Frank Upshaw to NYA 18 for 16 yards. Tackle by 21-William Lachance.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>NYA 18</t>
   </si>
   <si>
     <t>1-10-NYA 18 (5:54) 1-Rodney McRoberts pass complete to 48-Dennis Fletcher to NYA 1 for 18 yards. 48-Dennis Fletcher FUMBLES (50-James Ramirez) recovered by NYA-50-James Ramirez to NYA 11 for 11 yards. Pushed out of bounds by 77-Jose Herrera.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
-[...2 lines deleted...]
-    <t>#48 Andrew Hood - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
+  </si>
+  <si>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>1-10-NYA 11 (5:44) 40-Jose Hernandez ran to NYA 11 for a short gain. Tackle by 59-James Taylor.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>2-10-NYA 11 (5:08) 40-Jose Hernandez ran to NYA 13 for 2 yards. Tackle by 56-Rayford Russell. 84-Brian Kucera missed that block completely. 84-Brian Kucera totally missed that block.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>3-8-NYA 13 (4:31) 40-Jose Hernandez ran to NYA 20 for 7 yards. Tackle by 92-Stephen Goble.</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>4-1-NYA 20 (3:52) 7-Richard Pearce punts 50 yards to ATL 29. Fair Catch by 16-Lewis Hamilton.</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
@@ -2200,51 +2200,51 @@
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>