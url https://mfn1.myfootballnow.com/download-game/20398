--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,192 +284,192 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-William Abraham kicks 75 yards from IND 35 to JAX -10. Touchback.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
-    <t>#95 John Noe - WLB</t>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#75 Carl Villegas - RDE</t>
-[...2 lines deleted...]
-    <t>#50 Robert Coker - WLB</t>
+    <t>#75 Carl Villegas - DT</t>
+  </si>
+  <si>
+    <t>#50 Robert Coker - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#27 John Putnam - CB</t>
-[...2 lines deleted...]
-    <t>#29 Kenneth Debusk - CB</t>
+    <t>#27 John Putnam - DT</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
   </si>
   <si>
     <t>#16 William Abraham - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 15-Damian Barnett pass complete to 84-John Gross to IND 3 for 72 yards. Tackle by 37-Gene Sanders.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#83 Brady James - WR</t>
   </si>
   <si>
     <t>#85 Dennis Holder - WR</t>
   </si>
   <si>
     <t>#12 Lee Jacobsen - WR</t>
   </si>
   <si>
     <t>#59 Raymond Hill - LT</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#71 Jesse Reid - C</t>
   </si>
   <si>
     <t>#76 Oliver Murphy - RG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
-    <t>#37 Gene Sanders - FS</t>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
-[...2 lines deleted...]
-    <t>#1 Aaron Hower - FS</t>
+    <t>#27 Michael Howe - SS</t>
+  </si>
+  <si>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>IND 3</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-3-IND 3 (14:12) 15-Damian Barnett pass Pass knocked down by 1-Aaron Hower. incomplete, intended for 82-Jeff Hayes.</t>
   </si>
   <si>
     <t>#36 Robert Russell - RB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
   <si>
     <t>#82 Jeff Hayes - TE</t>
   </si>
   <si>
     <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>#60 Austin Shaw - RT</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#90 Williams Richardson - RDE</t>
   </si>
   <si>
     <t>#54 Benjamin Tramel - SLB</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
     <t>#53 Stephen Vazquez - WLB</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -530,135 +530,135 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 25 (14:06) 20-Jeffry Douglas ran to IND 26 for 1 yards. Tackle by 92-Marcus Reisinger.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
     <t>#21 Jewel Leger - RB</t>
   </si>
   <si>
     <t>#46 James Reeves - FB</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
     <t>#61 Norbert Kellogg - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#53 Jeffrey Malinowski - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
-[...2 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#90 John Richards - LDE</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>IND 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-9-IND 26 (13:32) 6-Brady Durst pass complete to 21-Jewel Leger to JAX 49 for 24 yards.</t>
   </si>
   <si>
     <t>#80 Clement Ohara - WR</t>
   </si>
   <si>
     <t>#10 William Hollins - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>JAX 49</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-JAX 49 (12:46) 20-Jeffry Douglas ran to JAX 49 for a short gain. Tackle by 94-Alfonso King. JAX 70-Matthew Dragoo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
-[...5 lines deleted...]
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#91 Michael McDowell - DT</t>
+  </si>
+  <si>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>#49 Edward Holmes - FS</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-JAX 49 (12:04) 6-Brady Durst pass incomplete, dropped by 46-James Reeves.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
@@ -929,51 +929,51 @@
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>IND 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>3-11-IND 24 (3:51) 6-Brady Durst sacked at IND 15 for -10 yards (65-Keith Frazier). Sack allowed by 71-David Wright. 6-Brady Durst FUMBLES (65-Keith Frazier) recovered by JAX-65-Keith Frazier to IND 10 for 2 yards.</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>IND 10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-IND 10 (3:46) 36-Robert Russell ran to IND 1 for 10 yards. Tackle by 1-Aaron Hower.</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>IND 1</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-1-IND 1 (3:00) 36-Robert Russell ran for 1 yards. TOUCHDOWN! JAX 23 IND 0</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>(2:59) Extra point GOOD by 4-Edward Frailey. JAX 24 IND 0</t>
   </si>
   <si>
     <t>(2:59) 4-Edward Frailey kicks 75 yards from JAX 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-IND 25 (2:59) 6-Brady Durst sacked at IND 17 for -8 yards (69-Jay Oxley). Sack allowed by 66-Gregory Adams. 66-Gregory Adams missed that block completely.</t>
   </si>
@@ -2373,54 +2373,54 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>