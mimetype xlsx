--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,51 +287,51 @@
   <si>
     <t>TEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 75 yards from MIA 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Eugene Simon - WR</t>
   </si>
   <si>
     <t>#95 David Fisher - WLB</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
     <t>#77 William Gallegos - DT</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
     <t>#78 John Harris - LG</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
@@ -407,51 +407,51 @@
   <si>
     <t>#20 Mike McCarthy - CB</t>
   </si>
   <si>
     <t>#48 Mikel Lacour - FS</t>
   </si>
   <si>
     <t>#40 Gregory Castillo - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>TEN 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-TEN 26 (14:19) 11-Richard Casey sacked at TEN 17 for -10 yards (68-Timothy Adkins). Sack allowed by 74-Walter Reed.</t>
   </si>
   <si>
-    <t>#43 Richard Moore - RB</t>
+    <t>#40 Richard Moore - RB</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#53 Philip Bostick - SLB</t>
   </si>
   <si>
     <t>#52 Dan Cooper - WLB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>TEN 17</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-18-TEN 17 (13:38) 11-Richard Casey pass complete to 88-Eugene Simon to TEN 19 for 2 yards. Tackle by 35-David Blackmon.</t>
   </si>
@@ -503,81 +503,81 @@
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>MIA 45</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-MIA 45 (12:53) 5-Tommy Arnold pass complete to 11-David Cooper to TEN 49 for 6 yards. Tackle by 48-Michael Monroe. PENALTY - Facemask (TEN 48-Michael Monroe)</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-TEN 34 (12:49) 5-Tommy Arnold pass incomplete, intended for 14-Leroy Castillo. PENALTY - Holding (MIA 73-Michael Holmes)</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>3-5-TEN 13 (10:10) 5-Tommy Arnold pass complete to 42-Matthew Ulmer to TEN 9 for 3 yards. Tackle by 94-Alfonso Farnsworth. 42-Matthew Ulmer did some fancy footwork there.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>TEN 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-TEN 9 (9:27) 9-Daniel Liller 28 yard field goal is GOOD. MIA 3 TEN 0</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#67 Paul Grace - DT</t>
   </si>
   <si>
     <t>#61 Matthew Collins - RDE</t>
   </si>
   <si>
     <t>#53 Franklin Burch - RDE</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>(9:25) 9-Daniel Liller kicks 75 yards from MIA 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -1052,51 +1052,51 @@
   <si>
     <t>TEN 40</t>
   </si>
   <si>
     <t>1-15-TEN 40 (6:36) 42-Matthew Ulmer ran to TEN 35 for 6 yards. Tackle by 55-Alonzo Myers. TEN 94-Alfonso Farnsworth was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>2-9-TEN 35 (6:00) 21-Johnny Walls ran to TEN 2 for 32 yards. Tackle by 20-William Cottle. MIA 74-Theodore Clark was injured on the play. He looks like he should be able to return. MIA 15-Peter Black was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>TEN 2</t>
   </si>
   <si>
     <t>1-2-TEN 2 (5:18) 47-Keith Napoli ran to TEN 1 for 2 yards. Tackle by 23-Joseph Carlisle.</t>
   </si>
   <si>
     <t>#83 Robert Gomez - WR</t>
   </si>
   <si>
-    <t>#54 Adam Hale - RG</t>
+    <t>#60 Adam Hale - RG</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>TEN 1</t>
   </si>
   <si>
     <t>2-1-TEN 1 (4:41) 47-Keith Napoli ran to TEN 2 for -1 yards. Tackle by 23-Joseph Carlisle.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>3-2-TEN 2 (3:57) 47-Keith Napoli ran to TEN 2 for a short loss. Tackle by 7-Paul Thompson.</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>4-2-TEN 2 (3:18) 9-Daniel Liller 20 yard field goal is GOOD. MIA 9 TEN 0</t>
   </si>
   <si>
     <t>3:15</t>
   </si>
@@ -1250,51 +1250,51 @@
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>1-10-MIA 20 (0:38) PENALTY - False Start (MIA 70-George McCallum)</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-15-MIA 15 (0:38) 5-Tommy Arnold pass complete to 15-Peter Black to MIA 17 for 2 yards. Tackle by 20-William Cottle.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Scott Hutchinson kicks 68 yards from TEN 35 to MIA -3. Touchback.</t>
   </si>
   <si>
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 21-Johnny Walls ran to MIA 38 for 13 yards. Tackle by 23-Joseph Carlisle.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>MIA 38</t>
   </si>
   <si>
     <t>1-10-MIA 38 (14:17) 47-Keith Napoli ran to MIA 39 for 1 yards. Tackle by 50-Dan Romo.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>MIA 39</t>
   </si>
@@ -2243,51 +2243,51 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="323.064" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>