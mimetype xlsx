--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -338,186 +338,186 @@
   <si>
     <t>#3 Michael Dockery - K</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:44) Extra point GOOD by 10-Jaime Jacobs. MIN 7 GBY 0</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
-[...2 lines deleted...]
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#66 Cecil Ruiz - LT</t>
+  </si>
+  <si>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#72 Larry Harding - C</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#68 Jerome Rice - LG</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>#52 Jesse Billiot - MLB</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#96 John Chamlee - MLB</t>
   </si>
   <si>
     <t>#93 Thomas Murphy - SLB</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
   <si>
     <t>#54 Robert Schaefer - SLB</t>
   </si>
   <si>
     <t>#93 Lyle Gleason - RDE</t>
   </si>
   <si>
-    <t>#70 Paul Moses - LDE</t>
-[...2 lines deleted...]
-    <t>#98 James Caldwell - WLB</t>
+    <t>#70 Paul Moses - RDE</t>
+  </si>
+  <si>
+    <t>#54 James Caldwell - WLB</t>
   </si>
   <si>
     <t>#55 Gary McKinney - SLB</t>
   </si>
   <si>
     <t>#60 Walter Acosta - DT</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(14:44) 10-Jaime Jacobs kicks 74 yards from MIN 35 to GBY -9. 45-James Haug to GBY 23 for 33 yards. Tackle by 92-Nicholas Boyter. 98-James Caldwell was completely beat on that play.</t>
   </si>
   <si>
     <t>#45 James Haug - RB</t>
   </si>
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
-    <t>#28 David Griffin - FS</t>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#21 Matt Johnson - CB</t>
   </si>
   <si>
-    <t>#99 Nelson Macrae - MLB</t>
+    <t>#96 Nelson Macrae - MLB</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>14:38</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-GBY 23 (14:39) 30-Edward Doran ran to GBY 26 for 2 yards. Tackle by 53-Anthony Harrison.</t>
   </si>
   <si>
     <t>#8 Kirk Harrelson - QB</t>
   </si>
   <si>
     <t>#30 Edward Doran - RB</t>
   </si>
   <si>
-    <t>#34 James Wallace - RB</t>
+    <t>#87 James Wallace - TE</t>
   </si>
   <si>
     <t>#21 Tom Basil - FB</t>
   </si>
   <si>
-    <t>#84 James Jones - TE</t>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>#88 Robert Pollard - TE</t>
   </si>
   <si>
     <t>#58 Albert Burns - C</t>
   </si>
   <si>
     <t>#50 John Carpenter - LG</t>
   </si>
   <si>
-    <t>#73 David McClain - C</t>
+    <t>#75 David McClain - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
-    <t>#68 Larry Koehler - LT</t>
+    <t>#75 Larry Koehler - RT</t>
   </si>
   <si>
     <t>#77 David Malone - DT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#91 Russell Elrod - DT</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>2-8-GBY 26 (13:59) 8-Kirk Harrelson pass incomplete, intended for 45-James Haug.</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
@@ -1754,51 +1754,51 @@
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-GBY 49 (1:47) 8-Kirk Harrelson pass complete to 13-Clay Tobias to MIN 22 for 29 yards. Tackle by 40-Tyler Davis.</t>
   </si>
   <si>
     <t>1-10-MIN 22 (1:20) 8-Kirk Harrelson pass complete to 30-Edward Doran to MIN 16 for 6 yards. Tackle by 45-Brett Harris.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>2-4-MIN 16 (0:55) 8-Kirk Harrelson pass incomplete, dropped by 34-James Wallace.</t>
   </si>
   <si>
     <t>3-4-MIN 16 (0:51) 8-Kirk Harrelson pass complete to 17-Oscar Feliciano to MIN 3 for 14 yards. Tackle by 34-Roland Gibson. MIN 78-Donald Daye was injured on the play.</t>
   </si>
   <si>
     <t>#16 Frank Steven - WR</t>
   </si>
   <si>
-    <t>#15 Alfonso Chavez - WR</t>
+    <t>#7 Alfonso Chavez - WR</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>MIN 3</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-3-MIN 3 (0:25) 8-Kirk Harrelson pass complete to 45-James Haug to MIN 0 for 2 yards. TOUCHDOWN! 45-James Haug did some fancy footwork there. MIN 24 GBY 12</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>MIN 2</t>
   </si>
   <si>
     <t>(0:22) 8-Kirk Harrelson pass Pass knocked down by 28-Thomas Odom. incomplete, intended for 34-James Wallace.</t>
   </si>
   <si>
     <t>Onsides Kick Onside Kick</t>
   </si>