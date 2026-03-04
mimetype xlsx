--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,336 +287,336 @@
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Hugh Goldstein kicks 75 yards from NED 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
     <t>#82 Kirk Oakes - TE</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#90 John Betts - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
     <t>#61 Jonathan Runyan - DT</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
     <t>#79 David Epstein - LDE</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
-    <t>#18 Conrad Bailey - WR</t>
+    <t>#81 Conrad Bailey - WR</t>
   </si>
   <si>
     <t>#3 Hugh Goldstein - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 29-Robert Probst ran to CAR 32 for 7 yards. Tackle by 26-James Rae.</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#20 Samuel Shrewsbury - FB</t>
   </si>
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#58 Teddy Gardner - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#71 Marcus Behrens - DT</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
     <t>#55 Dwight Hall - RDE</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
+    <t>#39 Justin Hucks - FS</t>
   </si>
   <si>
     <t>#99 Randall Rivera - MLB</t>
   </si>
   <si>
-    <t>#51 William Hillhouse - WLB</t>
-[...5 lines deleted...]
-    <t>#20 Darryl Atkinson - CB</t>
+    <t>#91 William Hillhouse - DT</t>
+  </si>
+  <si>
+    <t>#53 James Rae - WLB</t>
+  </si>
+  <si>
+    <t>#44 Darryl Atkinson - CB</t>
   </si>
   <si>
     <t>#49 James Fletcher - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>CAR 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-3-CAR 32 (14:20) 29-Robert Probst ran to CAR 35 for 3 yards. Tackle by 99-Randall Rivera. CAR 17-Kenneth Berry was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
-[...2 lines deleted...]
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#12 Max Turner - WR</t>
+  </si>
+  <si>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#47 Milton Wright - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-CAR 35 (13:39) 29-Robert Probst ran to CAR 33 for -2 yards. Tackle by 71-Marcus Behrens.</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>CAR 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CAR 33 (12:56) 13-Dustin Christensen punts 45 yards to NED 22. Fair Catch by 18-Marshall Murphy.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
-[...2 lines deleted...]
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#4 Dustin Christensen - P</t>
+  </si>
+  <si>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>#75 Richard Gullion - RT</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>NED 22</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NED 22 (12:50) 9-David Gram pass Pass knocked down by 48-James Carswell. incomplete, intended for 32-Jimmie Cabrera. 48-James Carswell got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
-[...2 lines deleted...]
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#23 William Byars - WR</t>
+  </si>
+  <si>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#66 Christopher Hord - RT</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
     <t>#69 William Hamilton - DT</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>#27 Bernie Bell - FS</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-NED 22 (12:46) 23-William Byars ran to NED 22 for a short gain. Tackle by 53-Albert Harvey.</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-NED 22 (12:03) 9-David Gram pass complete to 18-Marshall Murphy to NED 29 for 7 yards. Tackle by 48-James Carswell.</t>
   </si>
   <si>
     <t>#99 Douglas Jackson - MLB</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>NED 29</t>
   </si>
   <si>
     <t>4-3-NED 29 (11:22) 1-Jeremiah Jessup punts 46 yards to CAR 24. 32-Chris Harrington to CAR 33 for 8 yards. Tackle by 58-James Absher.</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
-[...2 lines deleted...]
-    <t>#64 Sean Smith - RG</t>
+    <t>#74 Jose Owens - LT</t>
+  </si>
+  <si>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CAR 33 (11:13) 29-Robert Probst ran to CAR 39 for 6 yards. Tackle by 24-Clyde Boyd.</t>
   </si>
   <si>
     <t>#14 Kristopher Hernandez - WR</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>CAR 39</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>3-6-NED 50 (8:29) 4-Harold Webb pass complete to 85-Max Turner to NED 49 for 1 yards. Tackle by 51-William Hillhouse.</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>NED 49</t>
   </si>
   <si>
     <t>4-5-NED 49 (7:54) 13-Dustin Christensen punts 37 yards to NED 12. Fair Catch by 18-Marshall Murphy.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>NED 12</t>
   </si>
   <si>
     <t>1-10-NED 12 (7:48) 23-William Byars ran to NED 15 for 3 yards. Tackle by 48-James Carswell. NED 33-Joseph Escamilla was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#33 Joseph Escamilla - RB</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
+    <t>#42 Sean Haun - FB</t>
   </si>
   <si>
     <t>#76 Randy Starkey - DT</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>2-7-NED 15 (7:14) 23-William Byars ran to NED 19 for 3 yards. Tackle by 30-Everett Watson.</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#30 Everett Watson - CB</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>NED 19</t>
   </si>
@@ -896,57 +896,57 @@
   <si>
     <t>2-8-NED 24 (1:00) 29-Robert Probst ran to NED 25 for -1 yards. Tackle by 75-Don Cross.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-9-NED 25 (0:16) 4-Harold Webb pass Pass knocked down by 48-Justin Hucks. incomplete, intended for 88-Brandon Barnes.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>4-9-NED 25 (0:13) 3-Curtis Dugas 43 yard field goal is GOOD. NED 7 CAR 3</t>
   </si>
   <si>
     <t>#3 Curtis Dugas - K</t>
   </si>
   <si>
     <t>#51 Evan Bridges - C</t>
   </si>
   <si>
-    <t>#50 Paul Winters - MLB</t>
+    <t>#50 Paul Winters - SLB</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>(0:10) 3-Curtis Dugas kicks 74 yards from CAR 35 to NED -9. Touchback.</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NED 25 (0:10) 23-William Byars ran to NED 27 for 2 yards. Tackle by 27-Bernie Bell.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
@@ -1058,51 +1058,51 @@
   <si>
     <t>2-10-NED 29 (11:03) 9-David Gram pass complete to 23-William Byars to NED 40 for 11 yards. Tackle by 98-Joseph Olson.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NED 40 (10:20) 9-David Gram pass complete to 32-Jimmie Cabrera to CAR 35 for 25 yards.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>1-10-CAR 35 (9:34) 9-David Gram pass incomplete, intended for 23-William Byars.</t>
   </si>
   <si>
     <t>#19 Clarence Carmody - WR</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>#27 Kenneth King - SS</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>2-10-CAR 35 (9:31) 33-Joseph Escamilla ran to CAR 36 for -1 yards. Tackle by 96-Gerald Chappell.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>CAR 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-11-CAR 36 (8:51) 9-David Gram pass complete to 2-Steven Beard to CAR 24 for 11 yards. Tackle by 27-Kenneth King.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
@@ -2253,101 +2253,101 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="318.351" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>