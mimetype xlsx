--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -296,129 +296,129 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Kenneth Smith kicks 66 yards from DEN 35 to LAA -1. 48-John Wolf to LAA 24 for 25 yards. Tackle by 37-Robert James.</t>
   </si>
   <si>
     <t>#48 John Wolf - RB</t>
   </si>
   <si>
     <t>#88 Eugene Tullos - WR</t>
   </si>
   <si>
     <t>#91 Chase Saunders - WLB</t>
   </si>
   <si>
     <t>#36 Harold Webb - CB</t>
   </si>
   <si>
     <t>#47 Vern Durst - SLB</t>
   </si>
   <si>
-    <t>#92 Roberto Park - RDE</t>
-[...5 lines deleted...]
-    <t>#99 Lawrence Chandler - MLB</t>
+    <t>#99 Roberto Park - RDE</t>
+  </si>
+  <si>
+    <t>#51 Emery Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
     <t>#93 William Timm - DT</t>
   </si>
   <si>
     <t>#46 Bobby Bier - CB</t>
   </si>
   <si>
     <t>#56 Rupert Stewart - DT</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>LAA 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LAA 24 (14:56) 38-Lanny Melton ran to LAA 23 for -1 yards. Tackle by 44-Roger Leonard.</t>
   </si>
   <si>
     <t>#7 Jonathan Harrison - QB</t>
   </si>
   <si>
     <t>#38 Lanny Melton - RB</t>
   </si>
   <si>
     <t>#31 Raymond Lynch - FB</t>
   </si>
   <si>
     <t>#43 Johnnie Phillips - FB</t>
   </si>
   <si>
     <t>#84 Maurice Williams - TE</t>
   </si>
   <si>
-    <t>#86 Jeffery Hufford - TE</t>
+    <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#50 Anthony Lewis - RT</t>
   </si>
   <si>
     <t>#60 Daniel Ellerbee - LG</t>
   </si>
   <si>
     <t>#71 Trevor Sales - C</t>
   </si>
   <si>
     <t>#63 Stephan Kovach - RG</t>
   </si>
   <si>
     <t>#11 Jose Matias - RT</t>
   </si>
   <si>
     <t>#79 Harold Stirling - LDE</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
-[...2 lines deleted...]
-    <t>#50 Jeffrey Torres - DT</t>
+    <t>#92 Adam Servantes - RDE</t>
+  </si>
+  <si>
+    <t>#97 Jeffrey Torres - DT</t>
   </si>
   <si>
     <t>#94 Robert Harmon - DT</t>
   </si>
   <si>
     <t>#75 Timothy Rowe - RDE</t>
   </si>
   <si>
     <t>#72 Josiah Roemer - SLB</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>1-10-DEN 26 (13:35) 12-Joshua Pursel pass complete to 89-Richard Zamora to DEN 46 for 20 yards. Tackle by 36-Harold Webb. Nice job by 89-Richard Zamora on that route to lose his coverage. 23-Paul Johnson got away with a hold on that play. LAA 56-Rupert Stewart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#27 Harold Hansen - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#84 Bobby Cantu - WR</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#62 Carlos Martinez - LG</t>
   </si>
   <si>
     <t>#54 Mike Jones - LDE</t>
   </si>
   <si>
     <t>#75 Ralph Jelks - LDE</t>
   </si>
   <si>
     <t>#58 Cornell Huynh - MLB</t>
   </si>
   <si>
     <t>#98 Michael Adair - WLB</t>
   </si>
   <si>
     <t>#23 Paul Johnson - CB</t>
   </si>
@@ -944,51 +944,51 @@
   <si>
     <t>1-10-DEN 40 (11:28) 48-John Wolf ran to DEN 38 for 2 yards. Tackle by 75-Timothy Rowe. LAA 60-Daniel Ellerbee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>2-8-DEN 38 (10:49) 48-John Wolf ran to DEN 38 for a short loss. Tackle by 43-Richard Smith.</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-8-DEN 38 (10:04) 48-John Wolf ran to DEN 35 for 3 yards. Tackle by 50-Jeffrey Torres.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>4-5-DEN 35 (9:26) 3-Eric Wiggins 52 yard field goal is GOOD. LAA 3 DEN 3</t>
   </si>
   <si>
-    <t>#3 Eric Wiggins - K</t>
+    <t>#19 Eric Wiggins - K</t>
   </si>
   <si>
     <t>#42 Andrew Kim - MLB</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>(9:22) 3-Eric Wiggins kicks 74 yards from LAA 35 to DEN -9. Touchback.</t>
   </si>
   <si>
     <t>#21 Marvin Bowman - CB</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>1-10-DEN 25 (9:22) 49-Kenneth McKay ran to DEN 26 for 1 yards. Tackle by 98-Michael Adair.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>