--- v0 (2025-11-17)
+++ v1 (2025-12-08)
@@ -551,102 +551,102 @@
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>CLE 4</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 4 (12:48) 33-Carl Bennett ran to CLE 14 for 9 yards. Tackle by 47-Jason Shelton.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - TE</t>
+    <t>#80 Justin Whitley - FB</t>
   </si>
   <si>
     <t>#89 William White - WR</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>
   <si>
     <t>#93 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#47 Jason Shelton - CB</t>
   </si>
   <si>
     <t>#31 Glen Speirs - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>CLE 14</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-1-CLE 14 (12:10) 4-Sang Wilson pass complete to 87-Jerry Pearson to CLE 25 for 12 yards. Tackle by 28-Richard Santana.</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#85 Richard Cole - TE</t>
+    <t>#85 Richard Cole - FB</t>
   </si>
   <si>
     <t>#99 Theodore Wolf - RDE</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CLE 25 (11:32) 4-Sang Wilson pass complete to 80-Justin Whitley to CLE 31 for 6 yards. Tackle by 50-Kenny Kornegay.</t>
   </si>
   <si>
     <t>#58 Tyrone Crews - MLB</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>1-10-KCY 29 (6:01) 4-Sang Wilson pass Pass knocked down by 47-Jason Shelton. incomplete, intended for 13-Stephen Kotter. Pressure by 94-William White.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-10-KCY 29 (5:56) 33-Carl Bennett ran to KCY 18 for 10 yards. Tackle by 46-Darryl Folden.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KCY 18 (5:15) 48-Scott Calloway ran to KCY 11 for 8 yards. Tackle by 46-Darryl Folden.</t>
   </si>
   <si>
-    <t>#83 John Bingham - TE</t>
+    <t>#83 John Bingham - FB</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>KCY 11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-2-KCY 11 (4:34) 4-Sang Wilson pass complete to 48-Scott Calloway to KCY 6 for 5 yards. Pushed out of bounds by 50-Kenny Kornegay.</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>KCY 6</t>
   </si>
   <si>
     <t>1-6-KCY 6 (3:47) 4-Sang Wilson pass complete to 33-Carl Bennett to KCY 4 for 2 yards. Tackle by 28-Richard Santana.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>