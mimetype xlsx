--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 74 yards from CLE 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>#80 Dennis Killion - WR</t>
   </si>
   <si>
     <t>#35 Curtis Shaughnessy - FS</t>
   </si>
   <si>
     <t>#94 William White - RDE</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>#49 Conrad Johnson - CB</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#46 Darryl Folden - SS</t>
   </si>
   <si>
     <t>#28 Richard Santana - CB</t>
   </si>
   <si>
     <t>#39 Vincent Hillery - CB</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
@@ -419,234 +419,234 @@
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-10-KCY 25 (14:56) 10-Howard Graham pass complete to 81-Lucas Potts to KCY 40 for 15 yards. Tackle by 29-Marshall Roberson.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>KCY 40</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-KCY 40 (14:10) PENALTY - False Start (KCY 64-Michael King)</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#51 Sean Flinchum - MLB</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
     <t>#42 John McLaughlin - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-15-KCY 35 (14:10) 10-Howard Graham pass complete to 81-Lucas Potts to KCY 41 for 6 yards. Tackle by 42-Ramon Jefferson. CLE 90-Emil Richardson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>KCY 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-KCY 41 (13:32) 37-Thomas Prickett ran to KCY 44 for 4 yards. Tackle by 93-Michael McPhee.</t>
   </si>
   <si>
-    <t>#85 Marco Brown - TE</t>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Timeout KCY</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>KCY 44</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-KCY 44 (13:01) 10-Howard Graham pass Pass knocked down by 90-Emil Richardson. incomplete, intended for 16-Joseph Jones.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-KCY 44 (12:57) 11-Bruce Spencer punts 51 yards to CLE 4. KCY 64-Michael King was injured on the play. He looks like he should be able to return. KCY 57-David Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Bruce Spencer - P</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>CLE 4</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 4 (12:48) 33-Carl Bennett ran to CLE 14 for 9 yards. Tackle by 47-Jason Shelton.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
-[...2 lines deleted...]
-    <t>#89 William White - WR</t>
+    <t>#80 Justin Whitley - C</t>
+  </si>
+  <si>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>
   <si>
-    <t>#93 Joe Sather - SLB</t>
+    <t>#52 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
     <t>#47 Jason Shelton - CB</t>
   </si>
   <si>
     <t>#31 Glen Speirs - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>CLE 14</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-1-CLE 14 (12:10) 4-Sang Wilson pass complete to 87-Jerry Pearson to CLE 25 for 12 yards. Tackle by 28-Richard Santana.</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>#99 Theodore Wolf - RDE</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CLE 25 (11:32) 4-Sang Wilson pass complete to 80-Justin Whitley to CLE 31 for 6 yards. Tackle by 50-Kenny Kornegay.</t>
   </si>
   <si>
     <t>#58 Tyrone Crews - MLB</t>
   </si>
@@ -1154,51 +1154,51 @@
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>1-10-KCY 29 (6:01) 4-Sang Wilson pass Pass knocked down by 47-Jason Shelton. incomplete, intended for 13-Stephen Kotter. Pressure by 94-William White.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-10-KCY 29 (5:56) 33-Carl Bennett ran to KCY 18 for 10 yards. Tackle by 46-Darryl Folden.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KCY 18 (5:15) 48-Scott Calloway ran to KCY 11 for 8 yards. Tackle by 46-Darryl Folden.</t>
   </si>
   <si>
-    <t>#83 John Bingham - FB</t>
+    <t>#82 John Bingham - TE</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>KCY 11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-2-KCY 11 (4:34) 4-Sang Wilson pass complete to 48-Scott Calloway to KCY 6 for 5 yards. Pushed out of bounds by 50-Kenny Kornegay.</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>KCY 6</t>
   </si>
   <si>
     <t>1-6-KCY 6 (3:47) 4-Sang Wilson pass complete to 33-Carl Bennett to KCY 4 for 2 yards. Tackle by 28-Richard Santana.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
@@ -1442,51 +1442,51 @@
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>KCY 45</t>
   </si>
   <si>
     <t>1-10-KCY 45 (9:07) 10-Howard Graham pass complete to 80-Dennis Killion to CLE 46 for 8 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>CLE 46</t>
   </si>
   <si>
     <t>2-2-CLE 46 (8:29) 37-Thomas Prickett ran to CLE 46 for 1 yards. Tackle by 76-John Gann. CLE 54-Lawrence Stevens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>3-1-CLE 46 (7:50) 37-Thomas Prickett ran to CLE 45 for 1 yards. Tackle by 50-John Landry. CLE 90-Emil Richardson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#53 Austin Tanner - DT</t>
+    <t>#76 Austin Tanner - DT</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>CLE 45</t>
   </si>
   <si>
     <t>4-1-CLE 45 (7:12) 11-Bruce Spencer punts 36 yards to CLE 9. Fair Catch by 33-Carl Bennett.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>CLE 9</t>
   </si>
   <si>
     <t>1-10-CLE 9 (7:05) 4-Sang Wilson pass complete to 89-William White to CLE 42 for 33 yards.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
@@ -1700,51 +1700,51 @@
   <si>
     <t>2-4-KCY 20 (8:59) 48-Scott Calloway ran to KCY 11 for 9 yards. Tackle by 46-Darryl Folden.</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>1-10-KCY 11 (8:19) 22-James Peterson ran to KCY 2 for 9 yards. Tackle by 35-Curtis Shaughnessy.</t>
   </si>
   <si>
     <t>7:35</t>
   </si>
   <si>
     <t>KCY 2</t>
   </si>
   <si>
     <t>2-1-KCY 2 (7:34) 48-Scott Calloway ran to KCY 1 for 1 yards. Tackle by 96-Justin Brumbaugh. CLE 73-James Dubose was injured on the play. KCY 56-Michael Dunn was injured on the play.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>3-1-KCY 1 (7:01) 48-Scott Calloway ran to KCY 0 for 1 yards. TOUCHDOWN! CLE 28 KCY 0</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>(7:00) Extra point GOOD by 15-Timothy Magee. CLE 29 KCY 0</t>
   </si>
   <si>
     <t>(7:00) 15-Timothy Magee kicks 75 yards from CLE 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-KCY 25 (7:00) 10-Howard Graham pass complete to 34-Johnathon Adams to KCY 33 for 8 yards. Tackle by 42-Ramon Jefferson.</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>KCY 33</t>
   </si>
   <si>
     <t>2-2-KCY 33 (6:33) 10-Howard Graham pass Pass knocked down by 54-Lawrence Stevens. incomplete, intended for 37-Thomas Prickett. PENALTY - Holding (KCY 74-Daniel Reece)</t>
   </si>
@@ -2262,51 +2262,51 @@
   <dimension ref="A1:CD173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="431.609" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
@@ -2315,51 +2315,51 @@
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>