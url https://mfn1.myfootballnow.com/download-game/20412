--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -371,51 +371,51 @@
   <si>
     <t>#81 Kevin Jackson - WR</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
   <si>
     <t>#68 Jerome Rice - LG</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#67 Richard Shah - RDE</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#47 James Singleton - CB</t>
   </si>
   <si>
     <t>#31 Horace Graham - CB</t>
   </si>
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
@@ -428,162 +428,162 @@
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-7-MIN 28 (14:20) 18-Zachery Mendez sacked at MIN 20 for -8 yards (92-Michael Bowman). Sack allowed by 64-Tony Knudson.</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-15-MIN 20 (13:36) 18-Zachery Mendez pass complete to 81-Kevin Jackson to MIN 29 for 9 yards. Tackle by 91-Larry Young.</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-MIN 29 (12:56) 15-George Woodworth punts 52 yards to DET 19. Fair Catch by 47-Jeff Berryhill.</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
     <t>#47 Jeff Berryhill - RB</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
     <t>#72 Larry Harding - C</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>DET 19</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-DET 19 (12:50) 7-Thomas Pugliese pass complete to 23-Kenneth Watson to DET 26 for 6 yards. Tackle by 94-Marvin Smith. 23-Kenneth Watson breaks down the CB.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
-[...2 lines deleted...]
-    <t>#15 Glen Corral - WR</t>
+    <t>#81 Michael Biron - WR</t>
+  </si>
+  <si>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>#34 Roland Gibson - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>DET 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-DET 26 (12:07) 23-Kenneth Watson ran to DET 31 for 5 yards. Tackle by 53-Anthony Harrison.</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#77 David Malone - DT</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>DET 31</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>1-10-DET 31 (11:31) 7-Thomas Pugliese pass incomplete, intended for 89-Earl McKenzie.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
@@ -746,66 +746,66 @@
   <si>
     <t>DET 50</t>
   </si>
   <si>
     <t>1-10-DET 50 (6:28) 32-Stanley Eells ran to DET 47 for 3 yards. Tackle by 98-Alberto Burdette. MIN 69-Fred Wilson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#87 John Giles - TE</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-7-DET 47 (5:55) 32-Stanley Eells ran for 47 yards. TOUCHDOWN! MIN 6 DET 7</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>DET 15</t>
   </si>
   <si>
     <t>(5:46) Extra point GOOD by 10-Jaime Jacobs. MIN 7 DET 7</t>
   </si>
   <si>
     <t>#66 Rodney Green - C</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>#41 David Baker - FS</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>(5:46) 10-Jaime Jacobs kicks 74 yards from MIN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-DET 25 (5:46) 23-Kenneth Watson ran to DET 26 for 1 yards. Tackle by 53-Anthony Harrison. MIN 79-Kendall Cantu was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
@@ -1808,51 +1808,51 @@
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>3-3-DET 32 (3:15) 44-Harry Higgins ran to DET 33 for 1 yards. Tackle by 95-Harvey Gill.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>4-2-DET 33 (2:38) 17-Melvin Rice punts 44 yards to MIN 23. Fair Catch by 44-Miles Blankenship.</t>
   </si>
   <si>
     <t>2:30</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-MIN 23 (2:31) 18-Zachery Mendez pass complete to 83-William Gorman to DET 41 for 35 yards.</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>DET 41</t>
   </si>
   <si>
     <t>1-10-DET 41 (2:26) 18-Zachery Mendez pass Pass knocked down by 91-Larry Young. incomplete, intended for 86-Rudy Stevens. DET 57-Jeff Vaughn was injured on the play.</t>
   </si>
   <si>
     <t>2:21</t>
   </si>
   <si>
     <t>2-10-DET 41 (2:22) 18-Zachery Mendez pass Pass knocked down by 37-James Rusin. incomplete, intended for 86-Rudy Stevens.</t>
   </si>
   <si>
     <t>3-10-DET 41 (2:20) 18-Zachery Mendez pass complete to 86-Rudy Stevens to DET 36 for 6 yards. Tackle by 91-Larry Young.</t>
   </si>
   <si>
     <t>4-4-DET 36 (2:00) 10-Jaime Jacobs 53 yard field goal is GOOD. MIN 23 DET 23</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
@@ -2540,52 +2540,52 @@
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>