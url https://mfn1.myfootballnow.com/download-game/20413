--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -290,120 +290,120 @@
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Bobby Montez kicks 74 yards from LOS 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#28 James Moran - RB</t>
   </si>
   <si>
     <t>#47 Raymond Green - SS</t>
   </si>
   <si>
     <t>#34 Robert Desir - CB</t>
   </si>
   <si>
-    <t>#96 Paul Burke - WLB</t>
+    <t>#55 Paul Burke - WLB</t>
   </si>
   <si>
     <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#95 Mark Hager - DT</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#57 James Reny - MLB</t>
   </si>
   <si>
-    <t>#59 John Nickelson - MLB</t>
+    <t>#92 John Nickelson - MLB</t>
   </si>
   <si>
     <t>#39 Jose Anderson - CB</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
   <si>
     <t>#13 Bobby Montez - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 28-James Moran ran to SEA 23 for -2 yards. Tackle by 57-Joel Gray.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#23 Hollis Kropp - FB</t>
   </si>
   <si>
     <t>#89 Marcus Barron - WR</t>
   </si>
   <si>
     <t>#15 Michael Gregg - WR</t>
   </si>
   <si>
     <t>#87 Reed Baker - WR</t>
   </si>
   <si>
     <t>#52 Stephen Quam - LT</t>
   </si>
   <si>
     <t>#70 Gary Starks - RG</t>
   </si>
   <si>
     <t>#60 Danny McCann - C</t>
   </si>
   <si>
     <t>#69 Keith Coppage - RG</t>
   </si>
   <si>
-    <t>#76 Spencer Womack - RT</t>
+    <t>#61 Spencer Womack - RG</t>
   </si>
   <si>
     <t>#57 Joel Gray - LDE</t>
   </si>
   <si>
     <t>#98 Steve Scherr - DT</t>
   </si>
   <si>
     <t>#90 Louis Heath - RDE</t>
   </si>
   <si>
     <t>#52 William Smith - MLB</t>
   </si>
   <si>
     <t>#28 Matthew Jones - CB</t>
   </si>
   <si>
     <t>#32 Anthony Jensen - CB</t>
   </si>
   <si>
     <t>#20 Frank Despres - CB</t>
   </si>
   <si>
     <t>#31 Donald Butts - CB</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>#56 Jason Bowlby - SLB</t>
   </si>
   <si>
     <t>#99 James Mahoney - WLB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>LOS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:13) Extra point GOOD by 18-Donald Nash. LOS 0 SEA 7</t>
   </si>
   <si>
     <t>#18 Donald Nash - K</t>
   </si>
   <si>
-    <t>#53 Rick Poland - MLB</t>
+    <t>#56 Rick Poland - DT</t>
   </si>
   <si>
     <t>#66 Clinton Greene - RG</t>
   </si>
   <si>
     <t>#54 Dwayne Ruiz - RT</t>
   </si>
   <si>
     <t>#50 Bob Parsons - LDE</t>
   </si>
   <si>
     <t>#94 John Perreault - LDE</t>
   </si>
   <si>
     <t>#68 Thomas Pepper - RDE</t>
   </si>
   <si>
     <t>#91 Kyle Young - MLB</t>
   </si>
   <si>
     <t>#51 Jonathan Jay - SLB</t>
   </si>
   <si>
     <t>#69 Omer Moore - DT</t>
   </si>
@@ -494,81 +494,81 @@
   <si>
     <t>(14:13) 18-Donald Nash kicks 74 yards from SEA 35 to LOS -9. Touchback.</t>
   </si>
   <si>
     <t>#15 John Flanagan - WR</t>
   </si>
   <si>
     <t>#29 Curtis Horwitz - FS</t>
   </si>
   <si>
     <t>#30 Charles Houston - SS</t>
   </si>
   <si>
     <t>LOS 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-LOS 25 (14:13) 44-Roosevelt Bonilla ran to LOS 27 for 2 yards. Tackle by 61-Lowell McCalla. LOS 55-Sheldon May was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
     <t>#18 Darrell Agee - WR</t>
   </si>
   <si>
     <t>#55 Sheldon May - LT</t>
   </si>
   <si>
     <t>#24 Raymond Miller - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#63 David Roberts - LDE</t>
   </si>
   <si>
-    <t>#20 Marcus Lynch - CB</t>
+    <t>#27 Marcus Lynch - CB</t>
   </si>
   <si>
     <t>#22 Richard House - SS</t>
   </si>
   <si>
     <t>#40 Carl Jefcoat - FS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>LOS 27</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-8-LOS 27 (13:35) 44-Roosevelt Bonilla ran to LOS 25 for -2 yards. Tackle by 96-Paul Burke.</t>
   </si>
   <si>
     <t>#76 Michael Cohen - RT</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>LOS 17</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-LOS 17 (10:37) 44-Roosevelt Bonilla ran to LOS 28 for 11 yards. Tackle by 53-Rick Poland. SEA 61-Lowell McCalla was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>LOS 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LOS 28 (9:52) 40-Leonard Marshall ran to LOS 39 for 11 yards. Tackle by 40-Carl Jefcoat.</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>#78 Dave Brown - RDE</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>LOS 39</t>
   </si>
   <si>
     <t>1-10-LOS 39 (9:14) 3-Earnest Dean pass INTERCEPTED by 34-Robert Desir at LOS 46. 34-Robert Desir to LOS 46 for -0 yards. Tackle by 87-Joshua Hsieh.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>LOS 46</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-LOS 46 (9:11) 10-Jonathan Olivarez pass complete to 85-Michael Mims to LOS 27 for 19 yards. Tackle by 1-Floyd Roussel. PENALTY - Holding (SEA 70-Gary Starks)</t>
   </si>