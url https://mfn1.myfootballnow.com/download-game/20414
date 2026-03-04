--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-William Godfrey kicks 72 yards from CIN 35 to BAL -7. Touchback.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#1 William Godfrey - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -368,93 +368,93 @@
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
     <t>#70 Fred Evans - DT</t>
   </si>
   <si>
-    <t>#67 Patrick Kelly - DT</t>
+    <t>#57 Patrick Kelly - DT</t>
   </si>
   <si>
     <t>#64 Jose Schaper - LDE</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
+    <t>#51 Ramon Lopez - SLB</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
-    <t>#27 Paul Dixson - CB</t>
-[...2 lines deleted...]
-    <t>#35 Robert Miller - CB</t>
+    <t>#37 Paul Dixson - FS</t>
+  </si>
+  <si>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:58) 46-Christopher Tyson ran to BAL 36 for 11 yards. Tackle by 48-Dennis Moore.</t>
   </si>
   <si>
     <t>#12 Kennith Lawrence - WR</t>
   </si>
   <si>
-    <t>#20 Jerry Smith - CB</t>
+    <t>#39 Jerry Smith - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BAL 36 (14:13) 16-Ronnie Pepin pass incomplete, dropped by 86-William Love.</t>
   </si>
   <si>
     <t>#2 Timothy Lord - FB</t>
   </si>
   <si>
     <t>#81 Larry Oconnor - TE</t>
   </si>
   <si>
     <t>#71 Paul Hilton - LDE</t>
   </si>
@@ -488,102 +488,102 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-BAL 36 (14:04) 13-Samuel Owens punts 42 yards to CIN 22. Fair Catch by 40-George Hanson.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>#92 Frank Pettie - WLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#66 Raymond Jordan - DT</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
     <t>CIN 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 22 (13:58) 40-George Hanson ran to CIN 25 for 3 yards. 40-George Hanson FUMBLES (92-Kyle Koch) recovered by BAL-70-Emil Demoss at CIN 26. Tackle by 40-George Hanson. BAL 49-Louie Long was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
-    <t>#23 Garret Tingle - FB</t>
+    <t>#39 Garret Tingle - FB</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
   <si>
     <t>#10 Robert Johnson - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#50 Fred Layden - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-CIN 26 (13:54) 46-Christopher Tyson ran to CIN 10 for 15 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
@@ -629,105 +629,105 @@
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:29) Extra point GOOD by 11-Richard Donlon. BAL 7 CIN 0</t>
   </si>
   <si>
     <t>#5 James Fried - QB</t>
   </si>
   <si>
     <t>#11 Richard Donlon - K</t>
   </si>
   <si>
     <t>#78 Christopher Moats - C</t>
   </si>
   <si>
-    <t>#51 Charles Bailey - MLB</t>
+    <t>#55 Charles Bailey - MLB</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>(12:29) 11-Richard Donlon kicks 75 yards from BAL 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:29) 40-George Hanson ran to CIN 27 for 2 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
-    <t>#82 Mark Dean - TE</t>
+    <t>#82 Mark Dean - WR</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>CIN 27</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-8-CIN 27 (11:57) 9-Matthew Kiser pass complete to 40-George Hanson to BAL 45 for 28 yards.</t>
   </si>
   <si>
     <t>#28 Kenneth Lancaster - CB</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>BAL 45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-BAL 45 (11:18) 9-Matthew Kiser pass complete to 80-Stephan Wilson to BAL 42 for 2 yards. Tackle by 58-Justin Norris. Nice job by 80-Stephan Wilson on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#31 David Gentile - RB</t>
   </si>
   <si>
-    <t>#38 Chad Wise - RB</t>
+    <t>#5 Chad Wise - RB</t>
   </si>
   <si>
     <t>#31 Richard Francisco - FS</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>BAL 42</t>
   </si>
   <si>
     <t>2-8-BAL 42 (10:34) 31-David Gentile ran to BAL 29 for 13 yards. Tackle by 28-Kenneth Lancaster.</t>
   </si>
   <si>
     <t>#89 John Surber - TE</t>
   </si>
   <si>
     <t>#43 Rod Carr - SS</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>BAL 29</t>
   </si>
@@ -1490,51 +1490,51 @@
   <si>
     <t>1-10-CIN 23 (12:00) 9-Matthew Kiser pass complete to 10-Robert Johnson for 77 yards. TOUCHDOWN! BAL 21 CIN 27</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>(11:50) Extra point GOOD by 1-William Godfrey. BAL 21 CIN 28</t>
   </si>
   <si>
     <t>(11:50) 1-William Godfrey kicks 71 yards from CIN 35 to BAL -6. 18-Marvin Allen to CIN 46 for 61 yards. CIN 93-Christopher Soza was injured on the play. He looks like he should be able to return. BAL 66-Andrew Bouton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>CIN 46</t>
   </si>
   <si>
     <t>I Formation Twin WR Hook Ins</t>
   </si>
   <si>
     <t>1-10-CIN 46 (11:41) 16-Ronnie Pepin pass incomplete, dropped by 41-Albert Turner.</t>
   </si>
   <si>
-    <t>#98 Kevin Bickel - MLB</t>
+    <t>#55 Kevin Bickel - MLB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>2-10-CIN 46 (11:39) 16-Ronnie Pepin pass incomplete, intended for 12-Kennith Lawrence.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>3-10-CIN 46 (11:36) 16-Ronnie Pepin pass complete to 19-Clinton Moses to CIN 34 for 13 yards. Tackle by 44-Dennis Mears.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>1-10-CIN 34 (10:50) 21-Robert Thacker ran to CIN 21 for 12 yards. Tackle by 48-Dennis Moore. CIN 93-Christopher Soza was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
@@ -1772,51 +1772,51 @@
   <si>
     <t>4-9-BAL 44 (15:00) 7-Joe Hall punts 41 yards to BAL 3.</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>BAL 3</t>
   </si>
   <si>
     <t>1-10-BAL 3 (14:50) 16-Ronnie Pepin pass Pass knocked down by 20-Jerry Smith. incomplete, intended for 19-Clinton Moses.</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>2-10-BAL 3 (14:46) 16-Ronnie Pepin pass complete to 41-Albert Turner to BAL 14 for 11 yards. Tackle by 48-Dennis Moore.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>1-10-BAL 14 (14:10) 16-Ronnie Pepin pass Pass knocked down by 44-Dennis Mears. incomplete, intended for 12-Kennith Lawrence. PENALTY - Holding (BAL 30-Richard Mulholland)</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>BAL 7</t>
   </si>
   <si>
     <t>1-17-BAL 7 (14:07) 16-Ronnie Pepin pass incomplete, dropped by 18-Marvin Allen.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-17-BAL 7 (14:04) 16-Ronnie Pepin pass complete to 12-Kennith Lawrence to BAL 22 for 15 yards. Tackle by 53-Harold Jones.</t>
   </si>
   <si>
     <t>3-2-BAL 22 (13:18) 46-Christopher Tyson ran to BAL 20 for -2 yards. Tackle by 35-Robert Miller. BAL 46-Christopher Tyson was injured on the play.</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>4-3-BAL 20 (12:34) 13-Samuel Owens punts 53 yards to CIN 27. 40-George Hanson to CIN 35 for 9 yards. Tackle by 92-Kyle Koch. 48-Dennis Moore completely missed his blocking assignment.</t>
   </si>
@@ -2434,51 +2434,51 @@
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>