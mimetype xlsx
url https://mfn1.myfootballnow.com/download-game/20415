--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -290,66 +290,66 @@
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Fox kicks 59 yards from WAS 35 to PIT 6. 23-Matthew Campanella to PIT 29 for 23 yards. 23-Matthew Campanella FUMBLES (44-Richard Arwood) recovered by WAS-44-Richard Arwood at PIT 28. Tackle by 23-Matthew Campanella.</t>
   </si>
   <si>
     <t>#23 Matthew Campanella - RB</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
-    <t>#24 Sean Edmonds - CB</t>
-[...5 lines deleted...]
-    <t>#53 James Wildman - WLB</t>
+    <t>#24 Sean Edmonds - FS</t>
+  </si>
+  <si>
+    <t>#97 John Howard - DT</t>
+  </si>
+  <si>
+    <t>#53 James Wildman - SLB</t>
   </si>
   <si>
     <t>#55 Charles Carmichael - DT</t>
   </si>
   <si>
     <t>#26 Marshall Campos - CB</t>
   </si>
   <si>
-    <t>#69 Reginald Frierson - DT</t>
+    <t>#69 Reginald Frierson - LDE</t>
   </si>
   <si>
     <t>#39 George Brandenburg - CB</t>
   </si>
   <si>
     <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
     <t>#3 Raymond Fox - K</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PIT 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PIT 28 (14:55) 16-William Maheu pass complete to 87-James Spinelli to PIT 14 for 14 yards. Tackle by 37-Dominic Watson. PIT 73-Aubrey Chambers was injured on the play. He looks like he should be able to return. PENALTY - Facemask (PIT 37-Dominic Watson)</t>
   </si>
@@ -359,54 +359,54 @@
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
     <t>#79 Kim Allen - LT</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
-[...2 lines deleted...]
-    <t>#68 John Anderson - C</t>
+    <t>#61 Paul Davis - LT</t>
+  </si>
+  <si>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#1 James Burnside - SLB</t>
   </si>
   <si>
     <t>#56 Ralph Navarrete - MLB</t>
   </si>
   <si>
     <t>#38 Hugo Farley - SS</t>
   </si>
   <si>
     <t>#37 Dominic Watson - CB</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>PIT 7</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-7-PIT 7 (14:51) 16-William Maheu pass complete to 35-Steve Stevenson to PIT 3 for 5 yards. Tackle by 24-Sean Edmonds.</t>
   </si>
@@ -428,219 +428,219 @@
   <si>
     <t>2-3-PIT 3 (14:14) 16-William Maheu pass complete to 87-James Spinelli for 3 yards. TOUCHDOWN! PIT 0 WAS 6</t>
   </si>
   <si>
     <t>#10 Ross Connell - WR</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:10) Extra point GOOD by 3-Raymond Fox. PIT 0 WAS 7</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
-    <t>#23 Steven Dolby - FB</t>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>#85 Joseph Chandler - TE</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
+    <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>#93 Tim Miller - RDE</t>
   </si>
   <si>
     <t>#96 Jackson Taylor - MLB</t>
   </si>
   <si>
     <t>#50 Allen Parente - WLB</t>
   </si>
   <si>
     <t>(14:10) 3-Raymond Fox kicks 68 yards from WAS 35 to PIT -3. Touchback.</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PIT 25 (14:10) 4-James Castillo pass Pass knocked down by 37-Michael Oyler. incomplete, intended for 81-George Archuleta. WAS 62-Don Lilly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 James Castillo - QB</t>
   </si>
   <si>
     <t>#35 Thomas Gibson - RB</t>
   </si>
   <si>
     <t>#20 Christopher Ritchey - FB</t>
   </si>
   <si>
     <t>#81 George Archuleta - TE</t>
   </si>
   <si>
-    <t>#80 Freddie Beverly - TE</t>
+    <t>#88 Freddie Beverly - TE</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#62 Tad Parker - C</t>
   </si>
   <si>
     <t>#72 Edward Toro - RG</t>
   </si>
   <si>
-    <t>#75 Steven Pinder - RT</t>
+    <t>#51 Steven Pinder - LT</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
     <t>#92 Joseph Law - LDE</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
-    <t>#37 Michael Oyler - CB</t>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-10-PIT 25 (14:08) 35-Thomas Gibson ran to PIT 24 for -1 yards. Tackle by 96-Vincent Albertson. PIT 62-Tad Parker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>PIT 24</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-11-PIT 24 (13:32) 4-James Castillo pass Pass knocked down by 37-Michael Oyler. incomplete, intended for 87-Gregg Hoffman. Pressure by 92-Joseph Law.</t>
   </si>
   <si>
     <t>#87 Gregg Hoffman - WR</t>
   </si>
   <si>
     <t>#14 Russell Gargano - WR</t>
   </si>
   <si>
     <t>#18 William Perkins - WR</t>
   </si>
   <si>
     <t>#70 Danny Smith - C</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
+    <t>#44 Richard Arwood - FS</t>
   </si>
   <si>
     <t>#38 William Getz - FS</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-PIT 24 (13:28) 2-Michael Frye punts 46 yards to WAS 30. Fair Catch by 37-Michael Oyler.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#74 Joe Hall - RT</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>#60 Thomas Washington - LG</t>
   </si>
   <si>
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>WAS 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-WAS 30 (13:22) 16-William Maheu pass Pass knocked down by 53-James Wildman. incomplete, intended for 87-James Spinelli. WAS 73-Paul Davis was injured on the play.</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-10-WAS 30 (13:19) 16-William Maheu pass complete to 86-Michael Massey to WAS 39 for 9 yards. Tackle by 91-Dewayne Sirois.</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>PIT 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-1-PIT 42 (10:25) 22-Richard Johnson ran to PIT 43 for -1 yards. Tackle by 76-John Howard.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>PIT 43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>3-1-PIT 43 (9:42) 16-William Maheu pass complete to 86-Michael Massey to PIT 41 for 2 yards. Tackle by 53-James Wildman.</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>PIT 41</t>
   </si>
   <si>
     <t>1-10-PIT 41 (9:05) 16-William Maheu pass Pass knocked down by 39-George Brandenburg. incomplete, intended for 87-James Spinelli.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-PIT 41 (9:02) 16-William Maheu pass incomplete, dropped by 87-James Spinelli.</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>3-16-PIT 42 (7:25) 4-James Castillo pass Pass knocked down by 54-Michael Henderson. incomplete, intended for 87-Gregg Hoffman.</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>4-16-PIT 42 (7:22) 2-Michael Frye punts 49 yards to WAS 9.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>WAS 9</t>
   </si>
   <si>
     <t>1-10-WAS 9 (7:13) 16-William Maheu pass complete to 35-Steve Stevenson to WAS 41 for 32 yards. Tackle by 37-Dominic Watson.</t>
   </si>
   <si>
     <t>#28 Randall Merrow - FB</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
+    <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
     <t>#99 Charles Iniguez - LDE</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>WAS 41</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 41 (6:31) 16-William Maheu pass incomplete, intended for 10-Ross Connell.</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-10-WAS 41 (6:29) 16-William Maheu pass Pass knocked down by 24-Sean Edmonds. incomplete, intended for 86-Michael Massey.</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>#13 Steven Harrison - WR</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>(3:27) Extra point GOOD by 3-Raymond Fox. PIT 0 WAS 16</t>
   </si>
   <si>
     <t>(3:27) 3-Raymond Fox kicks 62 yards from WAS 35 to PIT 3. 23-Matthew Campanella to PIT 29 for 26 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>PIT 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-PIT 29 (3:22) 35-Thomas Gibson ran to PIT 34 for 5 yards. Tackle by 54-Michael Henderson.</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>PIT 34</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-5-PIT 34 (2:46) 4-James Castillo pass INTERCEPTED by 59-Juan Deleon at PIT 38. 59-Juan Deleon to PIT 6 for 32 yards. Pressure by 54-Michael Henderson. 54-Michael Henderson was completely beat on that play. PIT 81-George Archuleta was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>PIT 6</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
@@ -1484,51 +1484,51 @@
   <si>
     <t>2-23-WAS 14 (14:14) 22-Richard Johnson ran to WAS 18 for 4 yards. Tackle by 91-Dewayne Sirois.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>3-19-WAS 18 (13:30) 16-William Maheu pass complete to 10-Ross Connell to WAS 22 for 4 yards. Tackle by 53-James Wildman.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>WAS 22</t>
   </si>
   <si>
     <t>4-15-WAS 22 (12:54) 2-Alberto Bilbo punts 51 yards to PIT 28. 13-Alan Shorter to PIT 29 for 2 yards. Tackle by 62-Don Lilly.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>1-10-PIT 29 (12:46) 35-Thomas Gibson ran to PIT 35 for 6 yards. 35-Thomas Gibson FUMBLES (96-Vincent Albertson) recovered by WAS-96-Vincent Albertson to PIT 35 for 1 yards. Tackle by 20-Christopher Ritchey.</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 35 (12:41) 22-Richard Johnson ran to PIT 33 for 2 yards. Tackle by 76-John Howard.</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>PIT 33</t>
   </si>
   <si>
     <t>2-8-PIT 33 (11:57) 22-Richard Johnson ran to PIT 21 for 12 yards. Tackle by 39-George Brandenburg. WAS 65-Keith Factor was injured on the play.</t>
   </si>
   <si>
     <t>PIT 21</t>
   </si>